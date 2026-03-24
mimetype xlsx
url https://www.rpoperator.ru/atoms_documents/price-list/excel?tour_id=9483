--- v0 (2025-12-23)
+++ v1 (2026-03-24)
@@ -83,51 +83,51 @@
   <si>
     <t>195000 RUB</t>
   </si>
   <si>
     <t>205000 RUB</t>
   </si>
   <si>
     <t>215000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>290500 RUB</t>
   </si>
   <si>
     <t>310000 RUB</t>
   </si>
   <si>
     <t>330000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>100000 RUB</t>
+    <t>100 000 руб.</t>
   </si>
   <si>
     <t xml:space="preserve">Корпус "Голубое озеро" </t>
   </si>
   <si>
     <t>176000 RUB</t>
   </si>
   <si>
     <t>185000 RUB</t>
   </si>
   <si>
     <t>190000 RUB</t>
   </si>
   <si>
     <t>250000 RUB</t>
   </si>
   <si>
     <t>265000 RUB</t>
   </si>
   <si>
     <t>280000 RUB</t>
   </si>
   <si>
     <t>Гелиос</t>
   </si>
@@ -137,105 +137,105 @@
   <si>
     <t>130000 RUB</t>
   </si>
   <si>
     <t>160000 RUB</t>
   </si>
   <si>
     <t>Командор</t>
   </si>
   <si>
     <t>Стандартный двухместный номер</t>
   </si>
   <si>
     <t>145000 RUB</t>
   </si>
   <si>
     <t>Без проживания</t>
   </si>
   <si>
     <t xml:space="preserve">Взрослый </t>
   </si>
   <si>
     <t>97000 RUB</t>
   </si>
   <si>
-    <t>77600 RUB</t>
+    <t>77 600 руб.</t>
   </si>
   <si>
     <t>Лесная поляна</t>
   </si>
   <si>
     <t>158000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—12 лет на основном месте</t>
   </si>
   <si>
-    <t>126400 RUB</t>
+    <t>126 400 руб.</t>
   </si>
   <si>
     <t>Люкс</t>
   </si>
   <si>
     <t>168000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>141000 RUB</t>
   </si>
   <si>
     <t>230000 RUB</t>
   </si>
   <si>
-    <t>134400 RUB</t>
+    <t>134 400 руб.</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Долина Гейзеров + Узон + Налычево</t>
   </si>
   <si>
     <t>70000 RUB</t>
   </si>
   <si>
     <t>Этнический комплекс</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>Курильское озеро + Ксудач + Ходутка</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 23.12.2025 07:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 24.03.2026 06:27, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -586,62 +586,62 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A44" sqref="A44:M44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="54.129639" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...10 lines deleted...]
-    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>