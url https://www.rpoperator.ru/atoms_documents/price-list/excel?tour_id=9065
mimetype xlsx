--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="zdravstvuj-altaj" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>27.04.2026</t>
   </si>
   <si>
     <t>30.04.2026</t>
   </si>
   <si>
     <t>04.05.2026</t>
   </si>
   <si>
     <t>07.05.2026</t>
   </si>
   <si>
     <t>11.05.2026</t>
   </si>
   <si>
     <t>14.05.2026</t>
   </si>
   <si>
     <t>18.05.2026</t>
   </si>
   <si>
     <t>21.05.2026</t>
   </si>
   <si>
@@ -182,105 +182,132 @@
   <si>
     <t>12.10.2026</t>
   </si>
   <si>
     <t>15.10.2026</t>
   </si>
   <si>
     <t>19.10.2026</t>
   </si>
   <si>
     <t>22.10.2026</t>
   </si>
   <si>
     <t>26.10.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура "Здравствуй Алтай"</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>59000 RUB</t>
+  </si>
+  <si>
+    <t>77000 RUB</t>
+  </si>
+  <si>
+    <t>88000 RUB</t>
+  </si>
+  <si>
+    <t>66000 RUB</t>
+  </si>
+  <si>
     <t>55000 RUB</t>
   </si>
   <si>
-    <t>66000 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>41250 RUB</t>
+    <t>53100 RUB</t>
+  </si>
+  <si>
+    <t>57750 RUB</t>
+  </si>
+  <si>
+    <t>56100 RUB</t>
   </si>
   <si>
     <t>49500 RUB</t>
   </si>
   <si>
-    <t>57750 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>74900 RUB</t>
-[...5 lines deleted...]
-    <t>96900 RUB</t>
+    <t>83000 RUB</t>
+  </si>
+  <si>
+    <t>101000 RUB</t>
+  </si>
+  <si>
+    <t>112000 RUB</t>
+  </si>
+  <si>
+    <t>90000 RUB</t>
+  </si>
+  <si>
+    <t>79000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—11 лет на основном месте</t>
   </si>
   <si>
-    <t>38500 RUB</t>
-[...5 lines deleted...]
-    <t>53900 RUB</t>
+    <t>56 050 руб.</t>
+  </si>
+  <si>
+    <t>73 150 руб.</t>
+  </si>
+  <si>
+    <t>83 600 руб.</t>
+  </si>
+  <si>
+    <t>62 700 руб.</t>
+  </si>
+  <si>
+    <t>52 250 руб.</t>
   </si>
   <si>
     <t>Ребёнок 6—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>35750 RUB</t>
-[...5 lines deleted...]
-    <t>50050 RUB</t>
+    <t>51 920 руб.</t>
+  </si>
+  <si>
+    <t>53 900 руб.</t>
+  </si>
+  <si>
+    <t>61 600 руб.</t>
+  </si>
+  <si>
+    <t>52 800 руб.</t>
+  </si>
+  <si>
+    <t>48 400 руб.</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Гостиница "Барнаул" Стандарт двухместный</t>
   </si>
   <si>
     <t>4750 RUB</t>
   </si>
   <si>
     <t>Гостиница "Барнаул" Стандарт одноместный</t>
   </si>
   <si>
     <t>4200 RUB</t>
   </si>
   <si>
     <t>Гостиница "Барнаул" Бизнес двухместный</t>
   </si>
   <si>
     <t>5100 RUB</t>
   </si>
   <si>
     <t>Гостиница "Барнаул" Бизнес одноместный</t>
   </si>
@@ -317,51 +344,51 @@
   <si>
     <t>3900 RUB</t>
   </si>
   <si>
     <t>Гостиница "Алтай" - Стандарт двухместный</t>
   </si>
   <si>
     <t>4700 RUB</t>
   </si>
   <si>
     <t>Гостиница "Алтай" - Бизнес одноместный</t>
   </si>
   <si>
     <t>4900 RUB</t>
   </si>
   <si>
     <t>Гостиница "Алтай" - Бизнес двухместный</t>
   </si>
   <si>
     <t>5400 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 18:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.03.2026 18:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,103 +739,103 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A24" sqref="A24:BB24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.557617" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...51 lines deleted...]
-    <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:54">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
@@ -1161,752 +1188,752 @@
       <c r="AE4" t="s">
         <v>57</v>
       </c>
       <c r="AF4" t="s">
         <v>57</v>
       </c>
       <c r="AG4" t="s">
         <v>57</v>
       </c>
       <c r="AH4" t="s">
         <v>57</v>
       </c>
       <c r="AI4" t="s">
         <v>57</v>
       </c>
       <c r="AJ4" t="s">
         <v>57</v>
       </c>
       <c r="AK4" t="s">
         <v>57</v>
       </c>
       <c r="AL4" t="s">
         <v>57</v>
       </c>
       <c r="AM4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AN4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AO4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AP4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AQ4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AR4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AS4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AT4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AU4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AV4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AW4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AX4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AY4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AZ4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="BA4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="BB4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:54">
       <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N5" t="s">
+        <v>63</v>
+      </c>
+      <c r="O5" t="s">
+        <v>63</v>
+      </c>
+      <c r="P5" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>63</v>
+      </c>
+      <c r="R5" t="s">
+        <v>63</v>
+      </c>
+      <c r="S5" t="s">
+        <v>63</v>
+      </c>
+      <c r="T5" t="s">
+        <v>63</v>
+      </c>
+      <c r="U5" t="s">
         <v>59</v>
       </c>
-      <c r="B5" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="V5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="W5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="X5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="Y5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="Z5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AA5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AB5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AC5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AD5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AE5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AF5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AG5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AH5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AI5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AJ5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AK5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AL5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AM5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AN5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AO5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AP5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AQ5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AR5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AS5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AT5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AU5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AV5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AW5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AX5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AY5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AZ5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="BA5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="BB5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:54">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="Q6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="R6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="S6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="T6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="U6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="V6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="W6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="X6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="Y6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="Z6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AA6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AB6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AD6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AE6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AF6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AG6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AH6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AI6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AJ6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AK6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AL6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AM6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AN6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AO6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AP6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AQ6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AR6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AS6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AT6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AU6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AV6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AW6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AX6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AY6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AZ6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="BA6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="BB6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:54">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="Q7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="R7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="S7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="T7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="U7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="V7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="W7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="X7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="Y7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="Z7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AA7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AB7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AC7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AD7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AE7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AF7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AG7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AH7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AI7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AJ7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AK7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AL7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AM7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AN7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AO7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AP7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AQ7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AR7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AS7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AT7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AU7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AV7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AW7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AX7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AY7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AZ7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="BA7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="BB7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:54">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="Q8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="R8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="S8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="T8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="U8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="V8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="W8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Z8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AA8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AB8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AC8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AD8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AE8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AF8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AG8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AH8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AI8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AJ8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AK8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AL8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AM8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AO8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AP8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AQ8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AR8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AS8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AT8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AU8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AV8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AW8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AX8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AY8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AZ8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="BA8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:54">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
@@ -1923,51 +1950,51 @@
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4"/>
       <c r="AJ9" s="4"/>
       <c r="AK9" s="4"/>
       <c r="AL9" s="4"/>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
       <c r="AO9" s="4"/>
       <c r="AP9" s="4"/>
       <c r="AQ9" s="4"/>
       <c r="AR9" s="4"/>
       <c r="AS9" s="4"/>
       <c r="AT9" s="4"/>
       <c r="AU9" s="4"/>
       <c r="AV9" s="4"/>
       <c r="AW9" s="4"/>
       <c r="AX9" s="4"/>
       <c r="AY9" s="4"/>
       <c r="AZ9" s="4"/>
       <c r="BA9" s="4"/>
       <c r="BB9" s="4"/>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" s="2" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -1981,147 +2008,147 @@
       <c r="AG10" s="2"/>
       <c r="AH10" s="2"/>
       <c r="AI10" s="2"/>
       <c r="AJ10" s="2"/>
       <c r="AK10" s="2"/>
       <c r="AL10" s="2"/>
       <c r="AM10" s="2"/>
       <c r="AN10" s="2"/>
       <c r="AO10" s="2"/>
       <c r="AP10" s="2"/>
       <c r="AQ10" s="2"/>
       <c r="AR10" s="2"/>
       <c r="AS10" s="2"/>
       <c r="AT10" s="2"/>
       <c r="AU10" s="2"/>
       <c r="AV10" s="2"/>
       <c r="AW10" s="2"/>
       <c r="AX10" s="2"/>
       <c r="AY10" s="2"/>
       <c r="AZ10" s="2"/>
       <c r="BA10" s="2"/>
       <c r="BB10" s="2"/>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:54">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B19" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:54">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B22" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
@@ -2135,51 +2162,51 @@
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
       <c r="AN24" s="1"/>
       <c r="AO24" s="1"/>
       <c r="AP24" s="1"/>
       <c r="AQ24" s="1"/>
       <c r="AR24" s="1"/>
       <c r="AS24" s="1"/>
       <c r="AT24" s="1"/>
       <c r="AU24" s="1"/>
       <c r="AV24" s="1"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
       <c r="AZ24" s="1"/>
       <c r="BA24" s="1"/>
       <c r="BB24" s="1"/>
     </row>
     <row r="25" spans="1:54">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A25:BB25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>