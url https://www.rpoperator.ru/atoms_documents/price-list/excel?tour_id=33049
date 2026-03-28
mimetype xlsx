--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Экскурсия на о. Валаам на метеоре с местным гидом из Сортавала (взрослые)</t>
   </si>
   <si>
     <t>0 RUB</t>
   </si>
   <si>
     <t>Экскурсия на о. Валаам на метеоре с местным гидом из Сортавала (дети)</t>
   </si>
   <si>
     <t>Водная прогулка на катере с посещением Валаама и Ладожских шхер (взрослые)</t>
   </si>
   <si>
     <t>Водная прогулка на катере с посещением Валаама и Ладожских шхер (дети)</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 14:18, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.03.2026 15:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>