--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="vse-v-pskov-3-dnya-tur-iz..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
-[...7 lines deleted...]
-    <t>19.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+  <si>
+    <t>06.02.2026</t>
+  </si>
+  <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
   </si>
   <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>16700 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>20600 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
     <t>16100 RUB</t>
   </si>
@@ -266,54 +269,54 @@
   <si>
     <t>Стандартный номер</t>
   </si>
   <si>
     <t>28200 RUB</t>
   </si>
   <si>
     <t>41400 RUB</t>
   </si>
   <si>
     <t>27600 RUB</t>
   </si>
   <si>
     <t>Тур без размещения</t>
   </si>
   <si>
     <t>Экскурсии, питание по программе тура, входные билеты</t>
   </si>
   <si>
     <t>12000 RUB</t>
   </si>
   <si>
     <t>11400 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 04.11.2025 17:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 09.01.2026 17:39, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -655,2249 +658,2785 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G121"/>
+  <dimension ref="A1:I121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A120" sqref="A120:G120"/>
+      <selection activeCell="A120" sqref="A120:I120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>2</v>
       </c>
-    </row>
-    <row r="2" spans="1:7">
+      <c r="H1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-    </row>
-    <row r="3" spans="1:7">
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-    </row>
-    <row r="4" spans="1:7">
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G4" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>7</v>
+      </c>
+      <c r="H4" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7">
+        <v>9</v>
+      </c>
+      <c r="H5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>11</v>
+      </c>
+      <c r="H6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
-    </row>
-    <row r="8" spans="1:7">
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>16</v>
+      </c>
+      <c r="H10" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G11" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>17</v>
+      </c>
+      <c r="H11" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G12" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="H12" t="s">
+        <v>19</v>
+      </c>
+      <c r="I12" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
-    </row>
-    <row r="14" spans="1:7">
+      <c r="H13" s="4"/>
+      <c r="I13" s="4"/>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
-    </row>
-    <row r="15" spans="1:7">
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
-    </row>
-    <row r="16" spans="1:7">
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>22</v>
+      </c>
+      <c r="H16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>23</v>
+      </c>
+      <c r="H17" t="s">
+        <v>23</v>
+      </c>
+      <c r="I17" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
-    </row>
-    <row r="19" spans="1:7">
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>25</v>
+      </c>
+      <c r="H19" t="s">
+        <v>25</v>
+      </c>
+      <c r="I19" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
-    </row>
-    <row r="21" spans="1:7">
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>22</v>
+      </c>
+      <c r="H21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I21" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>23</v>
+      </c>
+      <c r="H22" t="s">
+        <v>23</v>
+      </c>
+      <c r="I22" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
-    </row>
-    <row r="24" spans="1:7">
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C24" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D24" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F24" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G24" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>28</v>
+      </c>
+      <c r="H24" t="s">
+        <v>28</v>
+      </c>
+      <c r="I24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G25" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>29</v>
+      </c>
+      <c r="H25" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G26" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>30</v>
+      </c>
+      <c r="H26" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>31</v>
+      </c>
+      <c r="H27" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G28" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>32</v>
+      </c>
+      <c r="H28" t="s">
+        <v>32</v>
+      </c>
+      <c r="I28" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
-    </row>
-    <row r="30" spans="1:7">
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
-    </row>
-    <row r="31" spans="1:7">
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
-    </row>
-    <row r="32" spans="1:7">
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>35</v>
+      </c>
+      <c r="H32" t="s">
+        <v>35</v>
+      </c>
+      <c r="I32" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G33" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>36</v>
+      </c>
+      <c r="H33" t="s">
+        <v>36</v>
+      </c>
+      <c r="I33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
-    </row>
-    <row r="35" spans="1:7">
+      <c r="H34" s="3"/>
+      <c r="I34" s="3"/>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G35" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>38</v>
+      </c>
+      <c r="H35" t="s">
+        <v>38</v>
+      </c>
+      <c r="I35" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
-    </row>
-    <row r="37" spans="1:7">
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
-    </row>
-    <row r="38" spans="1:7">
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
-    </row>
-    <row r="39" spans="1:7">
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G39" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>41</v>
+      </c>
+      <c r="H39" t="s">
+        <v>41</v>
+      </c>
+      <c r="I39" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G40" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7">
+        <v>42</v>
+      </c>
+      <c r="H40" t="s">
+        <v>42</v>
+      </c>
+      <c r="I40" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
-    </row>
-    <row r="42" spans="1:7">
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G42" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>25</v>
+      </c>
+      <c r="H42" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
-    </row>
-    <row r="44" spans="1:7">
+      <c r="H43" s="4"/>
+      <c r="I43" s="4"/>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
-    </row>
-    <row r="45" spans="1:7">
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
-    </row>
-    <row r="46" spans="1:7">
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G46" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>46</v>
+      </c>
+      <c r="H46" t="s">
+        <v>46</v>
+      </c>
+      <c r="I46" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G47" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>47</v>
+      </c>
+      <c r="H47" t="s">
+        <v>47</v>
+      </c>
+      <c r="I47" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G48" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7">
+        <v>48</v>
+      </c>
+      <c r="H48" t="s">
+        <v>48</v>
+      </c>
+      <c r="I48" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G49" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7">
+        <v>38</v>
+      </c>
+      <c r="H49" t="s">
+        <v>38</v>
+      </c>
+      <c r="I49" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C50" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D50" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E50" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F50" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G50" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>49</v>
+      </c>
+      <c r="H50" t="s">
+        <v>49</v>
+      </c>
+      <c r="I50" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
-    </row>
-    <row r="52" spans="1:7">
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>9</v>
+      </c>
+      <c r="F52" t="s">
+        <v>9</v>
+      </c>
+      <c r="G52" t="s">
+        <v>9</v>
+      </c>
+      <c r="H52" t="s">
+        <v>9</v>
+      </c>
+      <c r="I52" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>14</v>
+      </c>
+      <c r="B53" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D53" t="s">
+        <v>47</v>
+      </c>
+      <c r="E53" t="s">
+        <v>47</v>
+      </c>
+      <c r="F53" t="s">
+        <v>47</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53" t="s">
+        <v>47</v>
+      </c>
+      <c r="I53" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
         <v>8</v>
       </c>
-      <c r="C52" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="B54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F54" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G54" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>51</v>
+      </c>
+      <c r="H54" t="s">
+        <v>51</v>
+      </c>
+      <c r="I54" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B55" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E55" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F55" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G55" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>28</v>
+      </c>
+      <c r="H55" t="s">
+        <v>28</v>
+      </c>
+      <c r="I55" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F56" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G56" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>49</v>
+      </c>
+      <c r="H56" t="s">
+        <v>49</v>
+      </c>
+      <c r="I56" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
-    </row>
-    <row r="58" spans="1:7">
+      <c r="H57" s="4"/>
+      <c r="I57" s="4"/>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
-    </row>
-    <row r="59" spans="1:7">
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
-    </row>
-    <row r="60" spans="1:7">
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G60" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7">
+        <v>54</v>
+      </c>
+      <c r="H60" t="s">
+        <v>54</v>
+      </c>
+      <c r="I60" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>14</v>
+      </c>
+      <c r="B61" t="s">
         <v>13</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="H61" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G62" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7">
+        <v>55</v>
+      </c>
+      <c r="H62" t="s">
+        <v>55</v>
+      </c>
+      <c r="I62" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
         <v>9</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E63" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G63" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7">
+        <v>9</v>
+      </c>
+      <c r="H63" t="s">
+        <v>9</v>
+      </c>
+      <c r="I63" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>18</v>
+      </c>
+      <c r="B64" t="s">
         <v>17</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D64" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G64" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7">
+        <v>17</v>
+      </c>
+      <c r="H64" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
-    </row>
-    <row r="66" spans="1:7">
+      <c r="H65" s="4"/>
+      <c r="I65" s="4"/>
+    </row>
+    <row r="66" spans="1:9">
       <c r="A66" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
-    </row>
-    <row r="67" spans="1:7">
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+    </row>
+    <row r="67" spans="1:9">
       <c r="A67" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
-    </row>
-    <row r="68" spans="1:7">
+      <c r="H67" s="3"/>
+      <c r="I67" s="3"/>
+    </row>
+    <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D68" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E68" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F68" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G68" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:7">
+        <v>58</v>
+      </c>
+      <c r="H68" t="s">
+        <v>58</v>
+      </c>
+      <c r="I68" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B69" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C69" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D69" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E69" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F69" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G69" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7">
+        <v>59</v>
+      </c>
+      <c r="H69" t="s">
+        <v>59</v>
+      </c>
+      <c r="I69" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B70" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C70" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D70" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E70" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F70" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G70" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7">
+        <v>60</v>
+      </c>
+      <c r="H70" t="s">
+        <v>60</v>
+      </c>
+      <c r="I70" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B71" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C71" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D71" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E71" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F71" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G71" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7">
+        <v>61</v>
+      </c>
+      <c r="H71" t="s">
+        <v>61</v>
+      </c>
+      <c r="I71" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>15</v>
+      </c>
+      <c r="I72" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
-    </row>
-    <row r="74" spans="1:7">
+      <c r="H73" s="4"/>
+      <c r="I73" s="4"/>
+    </row>
+    <row r="74" spans="1:9">
       <c r="A74" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
-    </row>
-    <row r="75" spans="1:7">
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+    </row>
+    <row r="75" spans="1:9">
       <c r="A75" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
-    </row>
-    <row r="76" spans="1:7">
+      <c r="H75" s="3"/>
+      <c r="I75" s="3"/>
+    </row>
+    <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G76" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7">
+        <v>63</v>
+      </c>
+      <c r="H76" t="s">
+        <v>63</v>
+      </c>
+      <c r="I76" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G77" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:7">
+        <v>59</v>
+      </c>
+      <c r="H77" t="s">
+        <v>59</v>
+      </c>
+      <c r="I77" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G78" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7">
+        <v>64</v>
+      </c>
+      <c r="H78" t="s">
+        <v>64</v>
+      </c>
+      <c r="I78" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G79" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:7">
+        <v>65</v>
+      </c>
+      <c r="H79" t="s">
+        <v>65</v>
+      </c>
+      <c r="I79" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>15</v>
+      </c>
+      <c r="I80" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
       <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
-    </row>
-    <row r="82" spans="1:7">
+      <c r="H81" s="4"/>
+      <c r="I81" s="4"/>
+    </row>
+    <row r="82" spans="1:9">
       <c r="A82" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
-    </row>
-    <row r="83" spans="1:7">
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+    </row>
+    <row r="83" spans="1:9">
       <c r="A83" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
-    </row>
-    <row r="84" spans="1:7">
+      <c r="H83" s="3"/>
+      <c r="I83" s="3"/>
+    </row>
+    <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B84" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C84" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D84" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E84" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F84" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G84" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7">
+        <v>55</v>
+      </c>
+      <c r="H84" t="s">
+        <v>55</v>
+      </c>
+      <c r="I84" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B85" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C85" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D85" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E85" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F85" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G85" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7">
+        <v>59</v>
+      </c>
+      <c r="H85" t="s">
+        <v>59</v>
+      </c>
+      <c r="I85" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B86" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C86" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D86" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E86" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F86" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G86" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:7">
+        <v>67</v>
+      </c>
+      <c r="H86" t="s">
+        <v>67</v>
+      </c>
+      <c r="I86" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B87" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C87" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D87" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E87" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F87" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G87" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7">
+        <v>68</v>
+      </c>
+      <c r="H87" t="s">
+        <v>68</v>
+      </c>
+      <c r="I87" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>15</v>
+      </c>
+      <c r="I88" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
       <c r="A89" s="4"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="4"/>
-    </row>
-    <row r="90" spans="1:7">
+      <c r="H89" s="4"/>
+      <c r="I89" s="4"/>
+    </row>
+    <row r="90" spans="1:9">
       <c r="A90" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
-    </row>
-    <row r="91" spans="1:7">
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+    </row>
+    <row r="91" spans="1:9">
       <c r="A91" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3"/>
       <c r="D91" s="3"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
-    </row>
-    <row r="92" spans="1:7">
+      <c r="H91" s="3"/>
+      <c r="I91" s="3"/>
+    </row>
+    <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G92" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7">
+        <v>71</v>
+      </c>
+      <c r="H92" t="s">
+        <v>71</v>
+      </c>
+      <c r="I92" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H93" t="s">
+        <v>15</v>
+      </c>
+      <c r="I93" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F94" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G94" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7">
+        <v>72</v>
+      </c>
+      <c r="H94" t="s">
+        <v>72</v>
+      </c>
+      <c r="I94" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B95" t="s">
+        <v>58</v>
+      </c>
+      <c r="C95" t="s">
+        <v>58</v>
+      </c>
+      <c r="D95" t="s">
+        <v>58</v>
+      </c>
+      <c r="E95" t="s">
+        <v>58</v>
+      </c>
+      <c r="F95" t="s">
+        <v>58</v>
+      </c>
+      <c r="G95" t="s">
+        <v>58</v>
+      </c>
+      <c r="H95" t="s">
+        <v>58</v>
+      </c>
+      <c r="I95" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>18</v>
+      </c>
+      <c r="B96" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" t="s">
+        <v>19</v>
+      </c>
+      <c r="D96" t="s">
+        <v>19</v>
+      </c>
+      <c r="E96" t="s">
+        <v>19</v>
+      </c>
+      <c r="F96" t="s">
+        <v>19</v>
+      </c>
+      <c r="G96" t="s">
+        <v>19</v>
+      </c>
+      <c r="H96" t="s">
+        <v>19</v>
+      </c>
+      <c r="I96" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" s="3" t="s">
         <v>57</v>
-      </c>
-[...41 lines deleted...]
-        <v>56</v>
       </c>
       <c r="B97" s="3"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
-    </row>
-    <row r="98" spans="1:7">
+      <c r="H97" s="3"/>
+      <c r="I97" s="3"/>
+    </row>
+    <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G98" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7">
+        <v>73</v>
+      </c>
+      <c r="H98" t="s">
+        <v>73</v>
+      </c>
+      <c r="I98" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G99" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7">
+        <v>15</v>
+      </c>
+      <c r="H99" t="s">
+        <v>15</v>
+      </c>
+      <c r="I99" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G100" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7">
+        <v>74</v>
+      </c>
+      <c r="H100" t="s">
+        <v>74</v>
+      </c>
+      <c r="I100" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B101" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C101" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D101" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E101" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F101" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G101" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7">
+        <v>75</v>
+      </c>
+      <c r="H101" t="s">
+        <v>75</v>
+      </c>
+      <c r="I101" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G102" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7">
+        <v>19</v>
+      </c>
+      <c r="H102" t="s">
+        <v>19</v>
+      </c>
+      <c r="I102" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9">
       <c r="A103" s="4"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
       <c r="E103" s="4"/>
       <c r="F103" s="4"/>
       <c r="G103" s="4"/>
-    </row>
-    <row r="104" spans="1:7">
+      <c r="H103" s="4"/>
+      <c r="I103" s="4"/>
+    </row>
+    <row r="104" spans="1:9">
       <c r="A104" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
-    </row>
-    <row r="105" spans="1:7">
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
+    </row>
+    <row r="105" spans="1:9">
       <c r="A105" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B105" s="3"/>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
-    </row>
-    <row r="106" spans="1:7">
+      <c r="H105" s="3"/>
+      <c r="I105" s="3"/>
+    </row>
+    <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G106" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7">
+        <v>78</v>
+      </c>
+      <c r="H106" t="s">
+        <v>78</v>
+      </c>
+      <c r="I106" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>14</v>
+      </c>
+      <c r="B107" t="s">
         <v>13</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="H107" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B108" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C108" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D108" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E108" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F108" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G108" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>79</v>
+      </c>
+      <c r="H108" t="s">
+        <v>79</v>
+      </c>
+      <c r="I108" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B109" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C109" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D109" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E109" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F109" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G109" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7">
+        <v>80</v>
+      </c>
+      <c r="H109" t="s">
+        <v>80</v>
+      </c>
+      <c r="I109" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>18</v>
+      </c>
+      <c r="B110" t="s">
         <v>17</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E110" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F110" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G110" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:7">
+        <v>17</v>
+      </c>
+      <c r="H110" t="s">
+        <v>17</v>
+      </c>
+      <c r="I110" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
       <c r="A111" s="4"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="4"/>
       <c r="F111" s="4"/>
       <c r="G111" s="4"/>
-    </row>
-    <row r="112" spans="1:7">
+      <c r="H111" s="4"/>
+      <c r="I111" s="4"/>
+    </row>
+    <row r="112" spans="1:9">
       <c r="A112" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
-    </row>
-    <row r="113" spans="1:7">
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
+    </row>
+    <row r="113" spans="1:9">
       <c r="A113" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3"/>
       <c r="D113" s="3"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
-    </row>
-    <row r="114" spans="1:7">
+      <c r="H113" s="3"/>
+      <c r="I113" s="3"/>
+    </row>
+    <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B114" t="s">
+        <v>83</v>
+      </c>
+      <c r="C114" t="s">
+        <v>83</v>
+      </c>
+      <c r="D114" t="s">
+        <v>83</v>
+      </c>
+      <c r="E114" t="s">
+        <v>83</v>
+      </c>
+      <c r="F114" t="s">
+        <v>83</v>
+      </c>
+      <c r="G114" t="s">
+        <v>83</v>
+      </c>
+      <c r="H114" t="s">
+        <v>83</v>
+      </c>
+      <c r="I114" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" s="3" t="s">
         <v>82</v>
-      </c>
-[...18 lines deleted...]
-        <v>81</v>
       </c>
       <c r="B115" s="3"/>
       <c r="C115" s="3"/>
       <c r="D115" s="3"/>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
-    </row>
-    <row r="116" spans="1:7">
+      <c r="H115" s="3"/>
+      <c r="I115" s="3"/>
+    </row>
+    <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G116" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:7">
+        <v>83</v>
+      </c>
+      <c r="H116" t="s">
+        <v>83</v>
+      </c>
+      <c r="I116" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B117" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C117" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D117" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E117" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F117" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G117" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7">
+        <v>83</v>
+      </c>
+      <c r="H117" t="s">
+        <v>83</v>
+      </c>
+      <c r="I117" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B118" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C118" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D118" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E118" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F118" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G118" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:7">
+        <v>84</v>
+      </c>
+      <c r="H118" t="s">
+        <v>84</v>
+      </c>
+      <c r="I118" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
       <c r="A120" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B120" s="1"/>
       <c r="C120" s="1"/>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
-    </row>
-    <row r="121" spans="1:7">
+      <c r="H120" s="1"/>
+      <c r="I120" s="1"/>
+    </row>
+    <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A121:G121"/>
+    <mergeCell ref="A121:I121"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>