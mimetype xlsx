--- v1 (2026-01-09)
+++ v2 (2026-03-24)
@@ -12,311 +12,428 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="vse-v-pskov-3-dnya-tur-iz..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>06.02.2026</t>
+    <t>01.05.2026</t>
   </si>
   <si>
-    <t>21.02.2026</t>
+    <t>15.05.2026</t>
   </si>
   <si>
-    <t>07.03.2026</t>
+    <t>22.05.2026</t>
   </si>
   <si>
-    <t>20.03.2026</t>
+    <t>29.05.2026</t>
+  </si>
+  <si>
+    <t>05.06.2026</t>
+  </si>
+  <si>
+    <t>12.06.2026</t>
+  </si>
+  <si>
+    <t>19.06.2026</t>
+  </si>
+  <si>
+    <t>26.06.2026</t>
+  </si>
+  <si>
+    <t>03.07.2026</t>
+  </si>
+  <si>
+    <t>10.07.2026</t>
+  </si>
+  <si>
+    <t>17.07.2026</t>
+  </si>
+  <si>
+    <t>24.07.2026</t>
+  </si>
+  <si>
+    <t>31.07.2026</t>
+  </si>
+  <si>
+    <t>07.08.2026</t>
+  </si>
+  <si>
+    <t>14.08.2026</t>
+  </si>
+  <si>
+    <t>21.08.2026</t>
+  </si>
+  <si>
+    <t>28.08.2026</t>
+  </si>
+  <si>
+    <t>04.09.2026</t>
+  </si>
+  <si>
+    <t>11.09.2026</t>
+  </si>
+  <si>
+    <t>18.09.2026</t>
+  </si>
+  <si>
+    <t>25.09.2026</t>
+  </si>
+  <si>
+    <t>02.10.2026</t>
+  </si>
+  <si>
+    <t>09.10.2026</t>
+  </si>
+  <si>
+    <t>16.10.2026</t>
+  </si>
+  <si>
+    <t>23.10.2026</t>
+  </si>
+  <si>
+    <t>30.10.2026</t>
+  </si>
+  <si>
+    <t>06.11.2026</t>
+  </si>
+  <si>
+    <t>04.12.2026</t>
+  </si>
+  <si>
+    <t>18.12.2026</t>
   </si>
   <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>16700 RUB</t>
+    <t>21900 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>20600 RUB</t>
+    <t>27200 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
-    <t>16100 RUB</t>
+    <t>21 300 руб.</t>
   </si>
   <si>
     <t>Комфорт (двуспальная кровать)</t>
   </si>
   <si>
-    <t>17400 RUB</t>
+    <t>22150 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>16000 RUB</t>
+    <t>21200 RUB</t>
   </si>
   <si>
-    <t>22200 RUB</t>
+    <t>28500 RUB</t>
   </si>
   <si>
-    <t>16800 RUB</t>
+    <t>21 550 руб.</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>15400 RUB</t>
+    <t>20 600 руб.</t>
   </si>
   <si>
     <t>"Ольгинская" Номер в реестре С602024019384</t>
   </si>
   <si>
     <t>Стандарт 2-хместный</t>
   </si>
   <si>
-    <t>17900 RUB</t>
+    <t>24200 RUB</t>
   </si>
   <si>
-    <t>17300 RUB</t>
+    <t>23 600 руб.</t>
   </si>
   <si>
     <t>Стандарт 1-местный</t>
   </si>
   <si>
-    <t>19300 RUB</t>
+    <t>25550 RUB</t>
   </si>
   <si>
     <t>Стандарт 3-хместный</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t xml:space="preserve">Комфорт </t>
   </si>
   <si>
-    <t>20000 RUB</t>
+    <t>26900 RUB</t>
   </si>
   <si>
-    <t>12500 RUB</t>
+    <t>20650 RUB</t>
   </si>
   <si>
-    <t>22800 RUB</t>
+    <t>35250 RUB</t>
   </si>
   <si>
-    <t>19400 RUB</t>
+    <t>26 300 руб.</t>
   </si>
   <si>
-    <t>11900 RUB</t>
+    <t>20 050 руб.</t>
   </si>
   <si>
     <t>"Рижская" Номер в реестре С602024006682</t>
   </si>
   <si>
     <t>Стандартный двухместный номер</t>
   </si>
   <si>
-    <t>18700 RUB</t>
+    <t>22850 RUB</t>
   </si>
   <si>
-    <t>18100 RUB</t>
+    <t>22 250 руб.</t>
   </si>
   <si>
     <t>Стандартный одноместный номер</t>
   </si>
   <si>
-    <t>19500 RUB</t>
+    <t>24450 RUB</t>
   </si>
   <si>
     <t>"Октябрьская" Номер в реестре С602024014375</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
-    <t>18200 RUB</t>
+    <t>22450 RUB</t>
   </si>
   <si>
-    <t>17600 RUB</t>
+    <t>21 850 руб.</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
+  </si>
+  <si>
+    <t>23500 RUB</t>
   </si>
   <si>
     <t>"Золотая набережная" Номер в реестре С602024001619</t>
   </si>
   <si>
     <t>Номер "Комфорт"</t>
   </si>
   <si>
-    <t>20100 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>26500 RUB</t>
   </si>
   <si>
-    <t>14600 RUB</t>
+    <t>19850 RUB</t>
+  </si>
+  <si>
+    <t>34450 RUB</t>
+  </si>
+  <si>
+    <t>25 900 руб.</t>
+  </si>
+  <si>
+    <t>19 250 руб.</t>
   </si>
   <si>
     <t>Номер "Комфорт+"</t>
   </si>
   <si>
-    <t>27400 RUB</t>
+    <t>27450 RUB</t>
+  </si>
+  <si>
+    <t>36350 RUB</t>
+  </si>
+  <si>
+    <t>26 850 руб.</t>
   </si>
   <si>
     <t>"Барселона" Номер в реестре С602024015193</t>
   </si>
   <si>
     <t xml:space="preserve">Стандарт </t>
   </si>
   <si>
-    <t>21200 RUB</t>
+    <t>26600 RUB</t>
   </si>
   <si>
-    <t>26000 RUB</t>
+    <t>32550 RUB</t>
+  </si>
+  <si>
+    <t>26 000 руб.</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус Бизнес) Номер в реестре С602024007106</t>
   </si>
   <si>
     <t>Стандарт</t>
   </si>
   <si>
-    <t>23000 RUB</t>
+    <t>37150 RUB</t>
   </si>
   <si>
-    <t>16600 RUB</t>
-[...5 lines deleted...]
-    <t>22400 RUB</t>
+    <t>27 900 руб.</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус "Студии и апартаменты") Номер в реестре С602024012823</t>
   </si>
   <si>
-    <t>23800 RUB</t>
+    <t>29300 RUB</t>
   </si>
   <si>
-    <t>32700 RUB</t>
+    <t>38600 RUB</t>
   </si>
   <si>
-    <t>23200 RUB</t>
+    <t>28 700 руб.</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус "Главный") Номер в реестре С602024006888</t>
   </si>
   <si>
-    <t>36700 RUB</t>
+    <t>31200 RUB</t>
   </si>
   <si>
-    <t>25400 RUB</t>
+    <t>42500 RUB</t>
+  </si>
+  <si>
+    <t>30 600 руб.</t>
   </si>
   <si>
     <t>"Покровский" Номер в реестре С602024019747</t>
   </si>
   <si>
     <t>Стандарт Мансарда</t>
   </si>
   <si>
-    <t>23600 RUB</t>
+    <t>28650 RUB</t>
   </si>
   <si>
-    <t>30100 RUB</t>
+    <t>37400 RUB</t>
   </si>
   <si>
-    <t>23900 RUB</t>
+    <t>28 050 руб.</t>
   </si>
   <si>
-    <t>31700 RUB</t>
+    <t>29000 RUB</t>
   </si>
   <si>
-    <t>23300 RUB</t>
+    <t>38200 RUB</t>
+  </si>
+  <si>
+    <t>28 400 руб.</t>
   </si>
   <si>
     <t>Old Estate (Старые кварталы) Номер в реестре С602024003414</t>
   </si>
   <si>
     <t>Стандартный номер</t>
   </si>
   <si>
-    <t>28200 RUB</t>
+    <t>36050 RUB</t>
   </si>
   <si>
-    <t>41400 RUB</t>
+    <t>22550 RUB</t>
   </si>
   <si>
-    <t>27600 RUB</t>
+    <t>52300 RUB</t>
+  </si>
+  <si>
+    <t>35 450 руб.</t>
+  </si>
+  <si>
+    <t>21 950 руб.</t>
   </si>
   <si>
     <t>Тур без размещения</t>
   </si>
   <si>
     <t>Экскурсии, питание по программе тура, входные билеты</t>
   </si>
   <si>
-    <t>12000 RUB</t>
+    <t>15200 RUB</t>
   </si>
   <si>
-    <t>11400 RUB</t>
+    <t>14 600 руб.</t>
+  </si>
+  <si>
+    <t>Бутик-отель Псков. Номер в реестре С602025006605</t>
+  </si>
+  <si>
+    <t>28000 RUB</t>
+  </si>
+  <si>
+    <t>27400 RUB</t>
+  </si>
+  <si>
+    <t>39850 RUB</t>
+  </si>
+  <si>
+    <t>27 400 руб.</t>
+  </si>
+  <si>
+    <t>26 800 руб.</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 09.01.2026 17:39, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 24.03.2026 09:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -658,2785 +775,26705 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I121"/>
+  <dimension ref="A1:CN129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A120" sqref="A120:I120"/>
+      <selection activeCell="A128" sqref="A128:CN128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="83" max="83" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="85" max="85" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="87" max="87" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="89" max="89" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="91" max="91" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:92">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="K1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="M1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="N1" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="O1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="BB1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="BC1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="BD1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="BE1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BF1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BG1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BH1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BI1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BJ1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BK1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BL1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BM1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BN1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BO1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BP1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BQ1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BR1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BS1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BT1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BU1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BV1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BW1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BX1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BY1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BZ1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="CA1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="CB1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="CC1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="CD1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="CE1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="CF1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="CG1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="CH1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="CI1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="CJ1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="CK1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="CL1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="CM1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="CN1" s="1" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:92">
       <c r="A2" s="2" t="s">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
+      <c r="BB2" s="2"/>
+      <c r="BC2" s="2"/>
+      <c r="BD2" s="2"/>
+      <c r="BE2" s="2"/>
+      <c r="BF2" s="2"/>
+      <c r="BG2" s="2"/>
+      <c r="BH2" s="2"/>
+      <c r="BI2" s="2"/>
+      <c r="BJ2" s="2"/>
+      <c r="BK2" s="2"/>
+      <c r="BL2" s="2"/>
+      <c r="BM2" s="2"/>
+      <c r="BN2" s="2"/>
+      <c r="BO2" s="2"/>
+      <c r="BP2" s="2"/>
+      <c r="BQ2" s="2"/>
+      <c r="BR2" s="2"/>
+      <c r="BS2" s="2"/>
+      <c r="BT2" s="2"/>
+      <c r="BU2" s="2"/>
+      <c r="BV2" s="2"/>
+      <c r="BW2" s="2"/>
+      <c r="BX2" s="2"/>
+      <c r="BY2" s="2"/>
+      <c r="BZ2" s="2"/>
+      <c r="CA2" s="2"/>
+      <c r="CB2" s="2"/>
+      <c r="CC2" s="2"/>
+      <c r="CD2" s="2"/>
+      <c r="CE2" s="2"/>
+      <c r="CF2" s="2"/>
+      <c r="CG2" s="2"/>
+      <c r="CH2" s="2"/>
+      <c r="CI2" s="2"/>
+      <c r="CJ2" s="2"/>
+      <c r="CK2" s="2"/>
+      <c r="CL2" s="2"/>
+      <c r="CM2" s="2"/>
+      <c r="CN2" s="2"/>
     </row>
-    <row r="3" spans="1:9">
+    <row r="3" spans="1:92">
       <c r="A3" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
+      <c r="BB3" s="3"/>
+      <c r="BC3" s="3"/>
+      <c r="BD3" s="3"/>
+      <c r="BE3" s="3"/>
+      <c r="BF3" s="3"/>
+      <c r="BG3" s="3"/>
+      <c r="BH3" s="3"/>
+      <c r="BI3" s="3"/>
+      <c r="BJ3" s="3"/>
+      <c r="BK3" s="3"/>
+      <c r="BL3" s="3"/>
+      <c r="BM3" s="3"/>
+      <c r="BN3" s="3"/>
+      <c r="BO3" s="3"/>
+      <c r="BP3" s="3"/>
+      <c r="BQ3" s="3"/>
+      <c r="BR3" s="3"/>
+      <c r="BS3" s="3"/>
+      <c r="BT3" s="3"/>
+      <c r="BU3" s="3"/>
+      <c r="BV3" s="3"/>
+      <c r="BW3" s="3"/>
+      <c r="BX3" s="3"/>
+      <c r="BY3" s="3"/>
+      <c r="BZ3" s="3"/>
+      <c r="CA3" s="3"/>
+      <c r="CB3" s="3"/>
+      <c r="CC3" s="3"/>
+      <c r="CD3" s="3"/>
+      <c r="CE3" s="3"/>
+      <c r="CF3" s="3"/>
+      <c r="CG3" s="3"/>
+      <c r="CH3" s="3"/>
+      <c r="CI3" s="3"/>
+      <c r="CJ3" s="3"/>
+      <c r="CK3" s="3"/>
+      <c r="CL3" s="3"/>
+      <c r="CM3" s="3"/>
+      <c r="CN3" s="3"/>
     </row>
-    <row r="4" spans="1:9">
+    <row r="4" spans="1:92">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="I4" t="s">
-        <v>7</v>
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" t="s">
+        <v>32</v>
+      </c>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>32</v>
+      </c>
+      <c r="R4" t="s">
+        <v>32</v>
+      </c>
+      <c r="S4" t="s">
+        <v>32</v>
+      </c>
+      <c r="T4" t="s">
+        <v>32</v>
+      </c>
+      <c r="U4" t="s">
+        <v>32</v>
+      </c>
+      <c r="V4" t="s">
+        <v>32</v>
+      </c>
+      <c r="W4" t="s">
+        <v>32</v>
+      </c>
+      <c r="X4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BR4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BT4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BU4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BV4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BW4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BX4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BY4" t="s">
+        <v>32</v>
+      </c>
+      <c r="BZ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CA4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CB4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CC4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CD4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CE4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CF4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CG4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CH4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CI4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CJ4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CK4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CL4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CM4" t="s">
+        <v>32</v>
+      </c>
+      <c r="CN4" t="s">
+        <v>32</v>
       </c>
     </row>
-    <row r="5" spans="1:9">
+    <row r="5" spans="1:92">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" t="s">
+        <v>34</v>
+      </c>
+      <c r="T5" t="s">
+        <v>34</v>
+      </c>
+      <c r="U5" t="s">
+        <v>34</v>
+      </c>
+      <c r="V5" t="s">
+        <v>34</v>
+      </c>
+      <c r="W5" t="s">
+        <v>34</v>
+      </c>
+      <c r="X5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>34</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BY5" t="s">
+        <v>34</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CA5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CC5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CD5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CE5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CF5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CG5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CH5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CI5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CJ5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CK5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CL5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CM5" t="s">
+        <v>34</v>
+      </c>
+      <c r="CN5" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:92">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="G6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="I6" t="s">
-        <v>11</v>
+        <v>36</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>36</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>36</v>
+      </c>
+      <c r="P6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>36</v>
+      </c>
+      <c r="R6" t="s">
+        <v>36</v>
+      </c>
+      <c r="S6" t="s">
+        <v>36</v>
+      </c>
+      <c r="T6" t="s">
+        <v>36</v>
+      </c>
+      <c r="U6" t="s">
+        <v>36</v>
+      </c>
+      <c r="V6" t="s">
+        <v>36</v>
+      </c>
+      <c r="W6" t="s">
+        <v>36</v>
+      </c>
+      <c r="X6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BN6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BO6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BP6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BR6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BS6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BT6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BU6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BV6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BW6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BX6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BY6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BZ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CA6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CB6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CC6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CD6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CE6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CF6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CG6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CH6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CI6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CJ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CK6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CL6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CM6" t="s">
+        <v>36</v>
+      </c>
+      <c r="CN6" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="7" spans="1:9">
+    <row r="7" spans="1:92">
       <c r="A7" s="3" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+      <c r="AL7" s="3"/>
+      <c r="AM7" s="3"/>
+      <c r="AN7" s="3"/>
+      <c r="AO7" s="3"/>
+      <c r="AP7" s="3"/>
+      <c r="AQ7" s="3"/>
+      <c r="AR7" s="3"/>
+      <c r="AS7" s="3"/>
+      <c r="AT7" s="3"/>
+      <c r="AU7" s="3"/>
+      <c r="AV7" s="3"/>
+      <c r="AW7" s="3"/>
+      <c r="AX7" s="3"/>
+      <c r="AY7" s="3"/>
+      <c r="AZ7" s="3"/>
+      <c r="BA7" s="3"/>
+      <c r="BB7" s="3"/>
+      <c r="BC7" s="3"/>
+      <c r="BD7" s="3"/>
+      <c r="BE7" s="3"/>
+      <c r="BF7" s="3"/>
+      <c r="BG7" s="3"/>
+      <c r="BH7" s="3"/>
+      <c r="BI7" s="3"/>
+      <c r="BJ7" s="3"/>
+      <c r="BK7" s="3"/>
+      <c r="BL7" s="3"/>
+      <c r="BM7" s="3"/>
+      <c r="BN7" s="3"/>
+      <c r="BO7" s="3"/>
+      <c r="BP7" s="3"/>
+      <c r="BQ7" s="3"/>
+      <c r="BR7" s="3"/>
+      <c r="BS7" s="3"/>
+      <c r="BT7" s="3"/>
+      <c r="BU7" s="3"/>
+      <c r="BV7" s="3"/>
+      <c r="BW7" s="3"/>
+      <c r="BX7" s="3"/>
+      <c r="BY7" s="3"/>
+      <c r="BZ7" s="3"/>
+      <c r="CA7" s="3"/>
+      <c r="CB7" s="3"/>
+      <c r="CC7" s="3"/>
+      <c r="CD7" s="3"/>
+      <c r="CE7" s="3"/>
+      <c r="CF7" s="3"/>
+      <c r="CG7" s="3"/>
+      <c r="CH7" s="3"/>
+      <c r="CI7" s="3"/>
+      <c r="CJ7" s="3"/>
+      <c r="CK7" s="3"/>
+      <c r="CL7" s="3"/>
+      <c r="CM7" s="3"/>
+      <c r="CN7" s="3"/>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:92">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="I8" t="s">
-        <v>13</v>
+        <v>38</v>
+      </c>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>38</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>38</v>
+      </c>
+      <c r="P8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>38</v>
+      </c>
+      <c r="R8" t="s">
+        <v>38</v>
+      </c>
+      <c r="S8" t="s">
+        <v>38</v>
+      </c>
+      <c r="T8" t="s">
+        <v>38</v>
+      </c>
+      <c r="U8" t="s">
+        <v>38</v>
+      </c>
+      <c r="V8" t="s">
+        <v>38</v>
+      </c>
+      <c r="W8" t="s">
+        <v>38</v>
+      </c>
+      <c r="X8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BH8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BL8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BM8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BO8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BP8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BQ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BR8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BS8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BT8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BU8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BV8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BW8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BX8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BY8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BZ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CF8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CG8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CH8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CI8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CJ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CK8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CL8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CM8" t="s">
+        <v>38</v>
+      </c>
+      <c r="CN8" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:92">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I9" t="s">
-        <v>15</v>
+        <v>40</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>40</v>
+      </c>
+      <c r="L9" t="s">
+        <v>40</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>40</v>
+      </c>
+      <c r="O9" t="s">
+        <v>40</v>
+      </c>
+      <c r="P9" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>40</v>
+      </c>
+      <c r="R9" t="s">
+        <v>40</v>
+      </c>
+      <c r="S9" t="s">
+        <v>40</v>
+      </c>
+      <c r="T9" t="s">
+        <v>40</v>
+      </c>
+      <c r="U9" t="s">
+        <v>40</v>
+      </c>
+      <c r="V9" t="s">
+        <v>40</v>
+      </c>
+      <c r="W9" t="s">
+        <v>40</v>
+      </c>
+      <c r="X9" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BM9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BO9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BQ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BS9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BU9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BW9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BY9" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CA9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CC9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CE9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CG9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CI9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CK9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CM9" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN9" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:92">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="H10" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="I10" t="s">
-        <v>16</v>
+        <v>41</v>
+      </c>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>41</v>
+      </c>
+      <c r="L10" t="s">
+        <v>41</v>
+      </c>
+      <c r="M10" t="s">
+        <v>41</v>
+      </c>
+      <c r="N10" t="s">
+        <v>41</v>
+      </c>
+      <c r="O10" t="s">
+        <v>41</v>
+      </c>
+      <c r="P10" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>41</v>
+      </c>
+      <c r="R10" t="s">
+        <v>41</v>
+      </c>
+      <c r="S10" t="s">
+        <v>41</v>
+      </c>
+      <c r="T10" t="s">
+        <v>41</v>
+      </c>
+      <c r="U10" t="s">
+        <v>41</v>
+      </c>
+      <c r="V10" t="s">
+        <v>41</v>
+      </c>
+      <c r="W10" t="s">
+        <v>41</v>
+      </c>
+      <c r="X10" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BO10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BP10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BQ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BR10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BS10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BT10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BU10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BV10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BX10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BY10" t="s">
+        <v>41</v>
+      </c>
+      <c r="BZ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CA10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CB10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CC10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CD10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CE10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CF10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CG10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CH10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CI10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CJ10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CK10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CL10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CM10" t="s">
+        <v>41</v>
+      </c>
+      <c r="CN10" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:92">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>42</v>
+      </c>
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" t="s">
+        <v>42</v>
+      </c>
+      <c r="M11" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" t="s">
+        <v>42</v>
+      </c>
+      <c r="O11" t="s">
+        <v>42</v>
+      </c>
+      <c r="P11" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>42</v>
+      </c>
+      <c r="R11" t="s">
+        <v>42</v>
+      </c>
+      <c r="S11" t="s">
+        <v>42</v>
+      </c>
+      <c r="T11" t="s">
+        <v>42</v>
+      </c>
+      <c r="U11" t="s">
+        <v>42</v>
+      </c>
+      <c r="V11" t="s">
+        <v>42</v>
+      </c>
+      <c r="W11" t="s">
+        <v>42</v>
+      </c>
+      <c r="X11" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>42</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BR11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BS11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BT11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BU11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BV11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BW11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BX11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BY11" t="s">
+        <v>42</v>
+      </c>
+      <c r="BZ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CA11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CB11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CC11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CD11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CE11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CF11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CG11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CH11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CI11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CJ11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CK11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CL11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CM11" t="s">
+        <v>42</v>
+      </c>
+      <c r="CN11" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:92">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="I12" t="s">
-        <v>19</v>
+        <v>44</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>44</v>
+      </c>
+      <c r="L12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
+        <v>44</v>
+      </c>
+      <c r="O12" t="s">
+        <v>44</v>
+      </c>
+      <c r="P12" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>44</v>
+      </c>
+      <c r="R12" t="s">
+        <v>44</v>
+      </c>
+      <c r="S12" t="s">
+        <v>44</v>
+      </c>
+      <c r="T12" t="s">
+        <v>44</v>
+      </c>
+      <c r="U12" t="s">
+        <v>44</v>
+      </c>
+      <c r="V12" t="s">
+        <v>44</v>
+      </c>
+      <c r="W12" t="s">
+        <v>44</v>
+      </c>
+      <c r="X12" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BH12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BK12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BM12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BN12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BO12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BP12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BQ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BR12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BS12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BT12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BU12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BV12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BW12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BX12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BY12" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CA12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CB12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CC12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CD12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CE12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CF12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CG12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CH12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CI12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CJ12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CK12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CL12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CM12" t="s">
+        <v>44</v>
+      </c>
+      <c r="CN12" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
+    <row r="13" spans="1:92">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="4"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+      <c r="N13" s="4"/>
+      <c r="O13" s="4"/>
+      <c r="P13" s="4"/>
+      <c r="Q13" s="4"/>
+      <c r="R13" s="4"/>
+      <c r="S13" s="4"/>
+      <c r="T13" s="4"/>
+      <c r="U13" s="4"/>
+      <c r="V13" s="4"/>
+      <c r="W13" s="4"/>
+      <c r="X13" s="4"/>
+      <c r="Y13" s="4"/>
+      <c r="Z13" s="4"/>
+      <c r="AA13" s="4"/>
+      <c r="AB13" s="4"/>
+      <c r="AC13" s="4"/>
+      <c r="AD13" s="4"/>
+      <c r="AE13" s="4"/>
+      <c r="AF13" s="4"/>
+      <c r="AG13" s="4"/>
+      <c r="AH13" s="4"/>
+      <c r="AI13" s="4"/>
+      <c r="AJ13" s="4"/>
+      <c r="AK13" s="4"/>
+      <c r="AL13" s="4"/>
+      <c r="AM13" s="4"/>
+      <c r="AN13" s="4"/>
+      <c r="AO13" s="4"/>
+      <c r="AP13" s="4"/>
+      <c r="AQ13" s="4"/>
+      <c r="AR13" s="4"/>
+      <c r="AS13" s="4"/>
+      <c r="AT13" s="4"/>
+      <c r="AU13" s="4"/>
+      <c r="AV13" s="4"/>
+      <c r="AW13" s="4"/>
+      <c r="AX13" s="4"/>
+      <c r="AY13" s="4"/>
+      <c r="AZ13" s="4"/>
+      <c r="BA13" s="4"/>
+      <c r="BB13" s="4"/>
+      <c r="BC13" s="4"/>
+      <c r="BD13" s="4"/>
+      <c r="BE13" s="4"/>
+      <c r="BF13" s="4"/>
+      <c r="BG13" s="4"/>
+      <c r="BH13" s="4"/>
+      <c r="BI13" s="4"/>
+      <c r="BJ13" s="4"/>
+      <c r="BK13" s="4"/>
+      <c r="BL13" s="4"/>
+      <c r="BM13" s="4"/>
+      <c r="BN13" s="4"/>
+      <c r="BO13" s="4"/>
+      <c r="BP13" s="4"/>
+      <c r="BQ13" s="4"/>
+      <c r="BR13" s="4"/>
+      <c r="BS13" s="4"/>
+      <c r="BT13" s="4"/>
+      <c r="BU13" s="4"/>
+      <c r="BV13" s="4"/>
+      <c r="BW13" s="4"/>
+      <c r="BX13" s="4"/>
+      <c r="BY13" s="4"/>
+      <c r="BZ13" s="4"/>
+      <c r="CA13" s="4"/>
+      <c r="CB13" s="4"/>
+      <c r="CC13" s="4"/>
+      <c r="CD13" s="4"/>
+      <c r="CE13" s="4"/>
+      <c r="CF13" s="4"/>
+      <c r="CG13" s="4"/>
+      <c r="CH13" s="4"/>
+      <c r="CI13" s="4"/>
+      <c r="CJ13" s="4"/>
+      <c r="CK13" s="4"/>
+      <c r="CL13" s="4"/>
+      <c r="CM13" s="4"/>
+      <c r="CN13" s="4"/>
     </row>
-    <row r="14" spans="1:9">
+    <row r="14" spans="1:92">
       <c r="A14" s="2" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+      <c r="AA14" s="2"/>
+      <c r="AB14" s="2"/>
+      <c r="AC14" s="2"/>
+      <c r="AD14" s="2"/>
+      <c r="AE14" s="2"/>
+      <c r="AF14" s="2"/>
+      <c r="AG14" s="2"/>
+      <c r="AH14" s="2"/>
+      <c r="AI14" s="2"/>
+      <c r="AJ14" s="2"/>
+      <c r="AK14" s="2"/>
+      <c r="AL14" s="2"/>
+      <c r="AM14" s="2"/>
+      <c r="AN14" s="2"/>
+      <c r="AO14" s="2"/>
+      <c r="AP14" s="2"/>
+      <c r="AQ14" s="2"/>
+      <c r="AR14" s="2"/>
+      <c r="AS14" s="2"/>
+      <c r="AT14" s="2"/>
+      <c r="AU14" s="2"/>
+      <c r="AV14" s="2"/>
+      <c r="AW14" s="2"/>
+      <c r="AX14" s="2"/>
+      <c r="AY14" s="2"/>
+      <c r="AZ14" s="2"/>
+      <c r="BA14" s="2"/>
+      <c r="BB14" s="2"/>
+      <c r="BC14" s="2"/>
+      <c r="BD14" s="2"/>
+      <c r="BE14" s="2"/>
+      <c r="BF14" s="2"/>
+      <c r="BG14" s="2"/>
+      <c r="BH14" s="2"/>
+      <c r="BI14" s="2"/>
+      <c r="BJ14" s="2"/>
+      <c r="BK14" s="2"/>
+      <c r="BL14" s="2"/>
+      <c r="BM14" s="2"/>
+      <c r="BN14" s="2"/>
+      <c r="BO14" s="2"/>
+      <c r="BP14" s="2"/>
+      <c r="BQ14" s="2"/>
+      <c r="BR14" s="2"/>
+      <c r="BS14" s="2"/>
+      <c r="BT14" s="2"/>
+      <c r="BU14" s="2"/>
+      <c r="BV14" s="2"/>
+      <c r="BW14" s="2"/>
+      <c r="BX14" s="2"/>
+      <c r="BY14" s="2"/>
+      <c r="BZ14" s="2"/>
+      <c r="CA14" s="2"/>
+      <c r="CB14" s="2"/>
+      <c r="CC14" s="2"/>
+      <c r="CD14" s="2"/>
+      <c r="CE14" s="2"/>
+      <c r="CF14" s="2"/>
+      <c r="CG14" s="2"/>
+      <c r="CH14" s="2"/>
+      <c r="CI14" s="2"/>
+      <c r="CJ14" s="2"/>
+      <c r="CK14" s="2"/>
+      <c r="CL14" s="2"/>
+      <c r="CM14" s="2"/>
+      <c r="CN14" s="2"/>
     </row>
-    <row r="15" spans="1:9">
+    <row r="15" spans="1:92">
       <c r="A15" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+      <c r="T15" s="3"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="3"/>
+      <c r="W15" s="3"/>
+      <c r="X15" s="3"/>
+      <c r="Y15" s="3"/>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="3"/>
+      <c r="AC15" s="3"/>
+      <c r="AD15" s="3"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3"/>
+      <c r="AK15" s="3"/>
+      <c r="AL15" s="3"/>
+      <c r="AM15" s="3"/>
+      <c r="AN15" s="3"/>
+      <c r="AO15" s="3"/>
+      <c r="AP15" s="3"/>
+      <c r="AQ15" s="3"/>
+      <c r="AR15" s="3"/>
+      <c r="AS15" s="3"/>
+      <c r="AT15" s="3"/>
+      <c r="AU15" s="3"/>
+      <c r="AV15" s="3"/>
+      <c r="AW15" s="3"/>
+      <c r="AX15" s="3"/>
+      <c r="AY15" s="3"/>
+      <c r="AZ15" s="3"/>
+      <c r="BA15" s="3"/>
+      <c r="BB15" s="3"/>
+      <c r="BC15" s="3"/>
+      <c r="BD15" s="3"/>
+      <c r="BE15" s="3"/>
+      <c r="BF15" s="3"/>
+      <c r="BG15" s="3"/>
+      <c r="BH15" s="3"/>
+      <c r="BI15" s="3"/>
+      <c r="BJ15" s="3"/>
+      <c r="BK15" s="3"/>
+      <c r="BL15" s="3"/>
+      <c r="BM15" s="3"/>
+      <c r="BN15" s="3"/>
+      <c r="BO15" s="3"/>
+      <c r="BP15" s="3"/>
+      <c r="BQ15" s="3"/>
+      <c r="BR15" s="3"/>
+      <c r="BS15" s="3"/>
+      <c r="BT15" s="3"/>
+      <c r="BU15" s="3"/>
+      <c r="BV15" s="3"/>
+      <c r="BW15" s="3"/>
+      <c r="BX15" s="3"/>
+      <c r="BY15" s="3"/>
+      <c r="BZ15" s="3"/>
+      <c r="CA15" s="3"/>
+      <c r="CB15" s="3"/>
+      <c r="CC15" s="3"/>
+      <c r="CD15" s="3"/>
+      <c r="CE15" s="3"/>
+      <c r="CF15" s="3"/>
+      <c r="CG15" s="3"/>
+      <c r="CH15" s="3"/>
+      <c r="CI15" s="3"/>
+      <c r="CJ15" s="3"/>
+      <c r="CK15" s="3"/>
+      <c r="CL15" s="3"/>
+      <c r="CM15" s="3"/>
+      <c r="CN15" s="3"/>
     </row>
-    <row r="16" spans="1:9">
+    <row r="16" spans="1:92">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H16" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="I16" t="s">
-        <v>22</v>
+        <v>47</v>
+      </c>
+      <c r="J16" t="s">
+        <v>47</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>47</v>
+      </c>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
+        <v>47</v>
+      </c>
+      <c r="O16" t="s">
+        <v>47</v>
+      </c>
+      <c r="P16" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>47</v>
+      </c>
+      <c r="R16" t="s">
+        <v>47</v>
+      </c>
+      <c r="S16" t="s">
+        <v>47</v>
+      </c>
+      <c r="T16" t="s">
+        <v>47</v>
+      </c>
+      <c r="U16" t="s">
+        <v>47</v>
+      </c>
+      <c r="V16" t="s">
+        <v>47</v>
+      </c>
+      <c r="W16" t="s">
+        <v>47</v>
+      </c>
+      <c r="X16" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BH16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BL16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BO16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BQ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BR16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BS16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BT16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BU16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BV16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BW16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BX16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BY16" t="s">
+        <v>47</v>
+      </c>
+      <c r="BZ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CA16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CB16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CC16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CD16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CE16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CF16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CG16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CH16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CI16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CJ16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CK16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CL16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CM16" t="s">
+        <v>47</v>
+      </c>
+      <c r="CN16" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
+    <row r="17" spans="1:92">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I17" t="s">
-        <v>23</v>
+        <v>48</v>
+      </c>
+      <c r="J17" t="s">
+        <v>48</v>
+      </c>
+      <c r="K17" t="s">
+        <v>48</v>
+      </c>
+      <c r="L17" t="s">
+        <v>48</v>
+      </c>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>48</v>
+      </c>
+      <c r="P17" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>48</v>
+      </c>
+      <c r="R17" t="s">
+        <v>48</v>
+      </c>
+      <c r="S17" t="s">
+        <v>48</v>
+      </c>
+      <c r="T17" t="s">
+        <v>48</v>
+      </c>
+      <c r="U17" t="s">
+        <v>48</v>
+      </c>
+      <c r="V17" t="s">
+        <v>48</v>
+      </c>
+      <c r="W17" t="s">
+        <v>48</v>
+      </c>
+      <c r="X17" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>48</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BH17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BL17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BM17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BO17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BQ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BR17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BS17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BT17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BU17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BV17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BW17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BX17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BY17" t="s">
+        <v>48</v>
+      </c>
+      <c r="BZ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CA17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CB17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CC17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CD17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CE17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CF17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CG17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CH17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CI17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CJ17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CK17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CL17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CM17" t="s">
+        <v>48</v>
+      </c>
+      <c r="CN17" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:92">
       <c r="A18" s="3" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3"/>
+      <c r="T18" s="3"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="3"/>
+      <c r="W18" s="3"/>
+      <c r="X18" s="3"/>
+      <c r="Y18" s="3"/>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3"/>
+      <c r="AB18" s="3"/>
+      <c r="AC18" s="3"/>
+      <c r="AD18" s="3"/>
+      <c r="AE18" s="3"/>
+      <c r="AF18" s="3"/>
+      <c r="AG18" s="3"/>
+      <c r="AH18" s="3"/>
+      <c r="AI18" s="3"/>
+      <c r="AJ18" s="3"/>
+      <c r="AK18" s="3"/>
+      <c r="AL18" s="3"/>
+      <c r="AM18" s="3"/>
+      <c r="AN18" s="3"/>
+      <c r="AO18" s="3"/>
+      <c r="AP18" s="3"/>
+      <c r="AQ18" s="3"/>
+      <c r="AR18" s="3"/>
+      <c r="AS18" s="3"/>
+      <c r="AT18" s="3"/>
+      <c r="AU18" s="3"/>
+      <c r="AV18" s="3"/>
+      <c r="AW18" s="3"/>
+      <c r="AX18" s="3"/>
+      <c r="AY18" s="3"/>
+      <c r="AZ18" s="3"/>
+      <c r="BA18" s="3"/>
+      <c r="BB18" s="3"/>
+      <c r="BC18" s="3"/>
+      <c r="BD18" s="3"/>
+      <c r="BE18" s="3"/>
+      <c r="BF18" s="3"/>
+      <c r="BG18" s="3"/>
+      <c r="BH18" s="3"/>
+      <c r="BI18" s="3"/>
+      <c r="BJ18" s="3"/>
+      <c r="BK18" s="3"/>
+      <c r="BL18" s="3"/>
+      <c r="BM18" s="3"/>
+      <c r="BN18" s="3"/>
+      <c r="BO18" s="3"/>
+      <c r="BP18" s="3"/>
+      <c r="BQ18" s="3"/>
+      <c r="BR18" s="3"/>
+      <c r="BS18" s="3"/>
+      <c r="BT18" s="3"/>
+      <c r="BU18" s="3"/>
+      <c r="BV18" s="3"/>
+      <c r="BW18" s="3"/>
+      <c r="BX18" s="3"/>
+      <c r="BY18" s="3"/>
+      <c r="BZ18" s="3"/>
+      <c r="CA18" s="3"/>
+      <c r="CB18" s="3"/>
+      <c r="CC18" s="3"/>
+      <c r="CD18" s="3"/>
+      <c r="CE18" s="3"/>
+      <c r="CF18" s="3"/>
+      <c r="CG18" s="3"/>
+      <c r="CH18" s="3"/>
+      <c r="CI18" s="3"/>
+      <c r="CJ18" s="3"/>
+      <c r="CK18" s="3"/>
+      <c r="CL18" s="3"/>
+      <c r="CM18" s="3"/>
+      <c r="CN18" s="3"/>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:92">
       <c r="A19" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="G19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H19" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I19" t="s">
-        <v>25</v>
+        <v>50</v>
+      </c>
+      <c r="J19" t="s">
+        <v>50</v>
+      </c>
+      <c r="K19" t="s">
+        <v>50</v>
+      </c>
+      <c r="L19" t="s">
+        <v>50</v>
+      </c>
+      <c r="M19" t="s">
+        <v>50</v>
+      </c>
+      <c r="N19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O19" t="s">
+        <v>50</v>
+      </c>
+      <c r="P19" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>50</v>
+      </c>
+      <c r="R19" t="s">
+        <v>50</v>
+      </c>
+      <c r="S19" t="s">
+        <v>50</v>
+      </c>
+      <c r="T19" t="s">
+        <v>50</v>
+      </c>
+      <c r="U19" t="s">
+        <v>50</v>
+      </c>
+      <c r="V19" t="s">
+        <v>50</v>
+      </c>
+      <c r="W19" t="s">
+        <v>50</v>
+      </c>
+      <c r="X19" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AX19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BH19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BJ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BK19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BL19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BM19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BO19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BP19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BQ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BR19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BS19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BT19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BU19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BV19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BW19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BX19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BY19" t="s">
+        <v>50</v>
+      </c>
+      <c r="BZ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CA19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CB19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CC19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CD19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CE19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CF19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CG19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CH19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CI19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CJ19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CK19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CL19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CM19" t="s">
+        <v>50</v>
+      </c>
+      <c r="CN19" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
+    <row r="20" spans="1:92">
       <c r="A20" s="3" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="3"/>
+      <c r="W20" s="3"/>
+      <c r="X20" s="3"/>
+      <c r="Y20" s="3"/>
+      <c r="Z20" s="3"/>
+      <c r="AA20" s="3"/>
+      <c r="AB20" s="3"/>
+      <c r="AC20" s="3"/>
+      <c r="AD20" s="3"/>
+      <c r="AE20" s="3"/>
+      <c r="AF20" s="3"/>
+      <c r="AG20" s="3"/>
+      <c r="AH20" s="3"/>
+      <c r="AI20" s="3"/>
+      <c r="AJ20" s="3"/>
+      <c r="AK20" s="3"/>
+      <c r="AL20" s="3"/>
+      <c r="AM20" s="3"/>
+      <c r="AN20" s="3"/>
+      <c r="AO20" s="3"/>
+      <c r="AP20" s="3"/>
+      <c r="AQ20" s="3"/>
+      <c r="AR20" s="3"/>
+      <c r="AS20" s="3"/>
+      <c r="AT20" s="3"/>
+      <c r="AU20" s="3"/>
+      <c r="AV20" s="3"/>
+      <c r="AW20" s="3"/>
+      <c r="AX20" s="3"/>
+      <c r="AY20" s="3"/>
+      <c r="AZ20" s="3"/>
+      <c r="BA20" s="3"/>
+      <c r="BB20" s="3"/>
+      <c r="BC20" s="3"/>
+      <c r="BD20" s="3"/>
+      <c r="BE20" s="3"/>
+      <c r="BF20" s="3"/>
+      <c r="BG20" s="3"/>
+      <c r="BH20" s="3"/>
+      <c r="BI20" s="3"/>
+      <c r="BJ20" s="3"/>
+      <c r="BK20" s="3"/>
+      <c r="BL20" s="3"/>
+      <c r="BM20" s="3"/>
+      <c r="BN20" s="3"/>
+      <c r="BO20" s="3"/>
+      <c r="BP20" s="3"/>
+      <c r="BQ20" s="3"/>
+      <c r="BR20" s="3"/>
+      <c r="BS20" s="3"/>
+      <c r="BT20" s="3"/>
+      <c r="BU20" s="3"/>
+      <c r="BV20" s="3"/>
+      <c r="BW20" s="3"/>
+      <c r="BX20" s="3"/>
+      <c r="BY20" s="3"/>
+      <c r="BZ20" s="3"/>
+      <c r="CA20" s="3"/>
+      <c r="CB20" s="3"/>
+      <c r="CC20" s="3"/>
+      <c r="CD20" s="3"/>
+      <c r="CE20" s="3"/>
+      <c r="CF20" s="3"/>
+      <c r="CG20" s="3"/>
+      <c r="CH20" s="3"/>
+      <c r="CI20" s="3"/>
+      <c r="CJ20" s="3"/>
+      <c r="CK20" s="3"/>
+      <c r="CL20" s="3"/>
+      <c r="CM20" s="3"/>
+      <c r="CN20" s="3"/>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:92">
       <c r="A21" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="C21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="I21" t="s">
-        <v>22</v>
+        <v>47</v>
+      </c>
+      <c r="J21" t="s">
+        <v>47</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>47</v>
+      </c>
+      <c r="M21" t="s">
+        <v>47</v>
+      </c>
+      <c r="N21" t="s">
+        <v>47</v>
+      </c>
+      <c r="O21" t="s">
+        <v>47</v>
+      </c>
+      <c r="P21" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>47</v>
+      </c>
+      <c r="R21" t="s">
+        <v>47</v>
+      </c>
+      <c r="S21" t="s">
+        <v>47</v>
+      </c>
+      <c r="T21" t="s">
+        <v>47</v>
+      </c>
+      <c r="U21" t="s">
+        <v>47</v>
+      </c>
+      <c r="V21" t="s">
+        <v>47</v>
+      </c>
+      <c r="W21" t="s">
+        <v>47</v>
+      </c>
+      <c r="X21" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AT21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AW21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AY21" t="s">
+        <v>47</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BG21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BH21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BJ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BK21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BL21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BM21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BN21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BO21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BP21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BQ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BR21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BS21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BT21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BU21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BV21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BW21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BX21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BY21" t="s">
+        <v>47</v>
+      </c>
+      <c r="BZ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CA21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CB21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CC21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CD21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CE21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CF21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CG21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CH21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CI21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CJ21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CK21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CL21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CM21" t="s">
+        <v>47</v>
+      </c>
+      <c r="CN21" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="22" spans="1:9">
+    <row r="22" spans="1:92">
       <c r="A22" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I22" t="s">
-        <v>23</v>
+        <v>48</v>
+      </c>
+      <c r="J22" t="s">
+        <v>48</v>
+      </c>
+      <c r="K22" t="s">
+        <v>48</v>
+      </c>
+      <c r="L22" t="s">
+        <v>48</v>
+      </c>
+      <c r="M22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>48</v>
+      </c>
+      <c r="O22" t="s">
+        <v>48</v>
+      </c>
+      <c r="P22" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>48</v>
+      </c>
+      <c r="R22" t="s">
+        <v>48</v>
+      </c>
+      <c r="S22" t="s">
+        <v>48</v>
+      </c>
+      <c r="T22" t="s">
+        <v>48</v>
+      </c>
+      <c r="U22" t="s">
+        <v>48</v>
+      </c>
+      <c r="V22" t="s">
+        <v>48</v>
+      </c>
+      <c r="W22" t="s">
+        <v>48</v>
+      </c>
+      <c r="X22" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AW22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY22" t="s">
+        <v>48</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BG22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BH22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BJ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BK22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BL22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BM22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BN22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BO22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BP22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BQ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BR22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BS22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BT22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BU22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BV22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BW22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BX22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BY22" t="s">
+        <v>48</v>
+      </c>
+      <c r="BZ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CA22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CB22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CC22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CD22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CE22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CF22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CG22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CH22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CI22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CJ22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CK22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CL22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CM22" t="s">
+        <v>48</v>
+      </c>
+      <c r="CN22" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="23" spans="1:9">
+    <row r="23" spans="1:92">
       <c r="A23" s="3" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+      <c r="R23" s="3"/>
+      <c r="S23" s="3"/>
+      <c r="T23" s="3"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="3"/>
+      <c r="W23" s="3"/>
+      <c r="X23" s="3"/>
+      <c r="Y23" s="3"/>
+      <c r="Z23" s="3"/>
+      <c r="AA23" s="3"/>
+      <c r="AB23" s="3"/>
+      <c r="AC23" s="3"/>
+      <c r="AD23" s="3"/>
+      <c r="AE23" s="3"/>
+      <c r="AF23" s="3"/>
+      <c r="AG23" s="3"/>
+      <c r="AH23" s="3"/>
+      <c r="AI23" s="3"/>
+      <c r="AJ23" s="3"/>
+      <c r="AK23" s="3"/>
+      <c r="AL23" s="3"/>
+      <c r="AM23" s="3"/>
+      <c r="AN23" s="3"/>
+      <c r="AO23" s="3"/>
+      <c r="AP23" s="3"/>
+      <c r="AQ23" s="3"/>
+      <c r="AR23" s="3"/>
+      <c r="AS23" s="3"/>
+      <c r="AT23" s="3"/>
+      <c r="AU23" s="3"/>
+      <c r="AV23" s="3"/>
+      <c r="AW23" s="3"/>
+      <c r="AX23" s="3"/>
+      <c r="AY23" s="3"/>
+      <c r="AZ23" s="3"/>
+      <c r="BA23" s="3"/>
+      <c r="BB23" s="3"/>
+      <c r="BC23" s="3"/>
+      <c r="BD23" s="3"/>
+      <c r="BE23" s="3"/>
+      <c r="BF23" s="3"/>
+      <c r="BG23" s="3"/>
+      <c r="BH23" s="3"/>
+      <c r="BI23" s="3"/>
+      <c r="BJ23" s="3"/>
+      <c r="BK23" s="3"/>
+      <c r="BL23" s="3"/>
+      <c r="BM23" s="3"/>
+      <c r="BN23" s="3"/>
+      <c r="BO23" s="3"/>
+      <c r="BP23" s="3"/>
+      <c r="BQ23" s="3"/>
+      <c r="BR23" s="3"/>
+      <c r="BS23" s="3"/>
+      <c r="BT23" s="3"/>
+      <c r="BU23" s="3"/>
+      <c r="BV23" s="3"/>
+      <c r="BW23" s="3"/>
+      <c r="BX23" s="3"/>
+      <c r="BY23" s="3"/>
+      <c r="BZ23" s="3"/>
+      <c r="CA23" s="3"/>
+      <c r="CB23" s="3"/>
+      <c r="CC23" s="3"/>
+      <c r="CD23" s="3"/>
+      <c r="CE23" s="3"/>
+      <c r="CF23" s="3"/>
+      <c r="CG23" s="3"/>
+      <c r="CH23" s="3"/>
+      <c r="CI23" s="3"/>
+      <c r="CJ23" s="3"/>
+      <c r="CK23" s="3"/>
+      <c r="CL23" s="3"/>
+      <c r="CM23" s="3"/>
+      <c r="CN23" s="3"/>
     </row>
-    <row r="24" spans="1:9">
+    <row r="24" spans="1:92">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="E24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="F24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="H24" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I24" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="J24" t="s">
+        <v>54</v>
+      </c>
+      <c r="K24" t="s">
+        <v>54</v>
+      </c>
+      <c r="L24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M24" t="s">
+        <v>54</v>
+      </c>
+      <c r="N24" t="s">
+        <v>54</v>
+      </c>
+      <c r="O24" t="s">
+        <v>54</v>
+      </c>
+      <c r="P24" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>54</v>
+      </c>
+      <c r="R24" t="s">
+        <v>54</v>
+      </c>
+      <c r="S24" t="s">
+        <v>54</v>
+      </c>
+      <c r="T24" t="s">
+        <v>54</v>
+      </c>
+      <c r="U24" t="s">
+        <v>54</v>
+      </c>
+      <c r="V24" t="s">
+        <v>54</v>
+      </c>
+      <c r="W24" t="s">
+        <v>54</v>
+      </c>
+      <c r="X24" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AI24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AW24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AX24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BH24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BJ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BK24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BM24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BN24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BO24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BQ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BR24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BS24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BU24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BV24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BW24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BY24" t="s">
+        <v>54</v>
+      </c>
+      <c r="BZ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CA24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CC24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CD24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CE24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CG24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CH24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CI24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CJ24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CK24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CL24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CM24" t="s">
+        <v>54</v>
+      </c>
+      <c r="CN24" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="25" spans="1:9">
+    <row r="25" spans="1:92">
       <c r="A25" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="G25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="I25" t="s">
-        <v>29</v>
+        <v>55</v>
+      </c>
+      <c r="J25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K25" t="s">
+        <v>55</v>
+      </c>
+      <c r="L25" t="s">
+        <v>55</v>
+      </c>
+      <c r="M25" t="s">
+        <v>55</v>
+      </c>
+      <c r="N25" t="s">
+        <v>55</v>
+      </c>
+      <c r="O25" t="s">
+        <v>55</v>
+      </c>
+      <c r="P25" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>55</v>
+      </c>
+      <c r="R25" t="s">
+        <v>55</v>
+      </c>
+      <c r="S25" t="s">
+        <v>55</v>
+      </c>
+      <c r="T25" t="s">
+        <v>55</v>
+      </c>
+      <c r="U25" t="s">
+        <v>55</v>
+      </c>
+      <c r="V25" t="s">
+        <v>55</v>
+      </c>
+      <c r="W25" t="s">
+        <v>55</v>
+      </c>
+      <c r="X25" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AJ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AS25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AU25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AV25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AX25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AY25" t="s">
+        <v>55</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BH25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BJ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BY25" t="s">
+        <v>55</v>
+      </c>
+      <c r="BZ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CA25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CB25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CC25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CD25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CE25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CF25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CG25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CH25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CI25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CJ25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CK25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CL25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CM25" t="s">
+        <v>55</v>
+      </c>
+      <c r="CN25" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:92">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="E26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="F26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="G26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="H26" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I26" t="s">
-        <v>30</v>
+        <v>56</v>
+      </c>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>56</v>
+      </c>
+      <c r="L26" t="s">
+        <v>56</v>
+      </c>
+      <c r="M26" t="s">
+        <v>56</v>
+      </c>
+      <c r="N26" t="s">
+        <v>56</v>
+      </c>
+      <c r="O26" t="s">
+        <v>56</v>
+      </c>
+      <c r="P26" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>56</v>
+      </c>
+      <c r="R26" t="s">
+        <v>56</v>
+      </c>
+      <c r="S26" t="s">
+        <v>56</v>
+      </c>
+      <c r="T26" t="s">
+        <v>56</v>
+      </c>
+      <c r="U26" t="s">
+        <v>56</v>
+      </c>
+      <c r="V26" t="s">
+        <v>56</v>
+      </c>
+      <c r="W26" t="s">
+        <v>56</v>
+      </c>
+      <c r="X26" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AW26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AY26" t="s">
+        <v>56</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BH26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BJ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BK26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BL26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BM26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BN26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BO26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BP26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BQ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BR26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BS26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BT26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BU26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BV26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BW26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BX26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BY26" t="s">
+        <v>56</v>
+      </c>
+      <c r="BZ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CA26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CB26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CC26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CD26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CE26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CF26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CG26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CH26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CI26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CJ26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CK26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CL26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CM26" t="s">
+        <v>56</v>
+      </c>
+      <c r="CN26" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:92">
       <c r="A27" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="G27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="H27" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I27" t="s">
-        <v>31</v>
+        <v>57</v>
+      </c>
+      <c r="J27" t="s">
+        <v>57</v>
+      </c>
+      <c r="K27" t="s">
+        <v>57</v>
+      </c>
+      <c r="L27" t="s">
+        <v>57</v>
+      </c>
+      <c r="M27" t="s">
+        <v>57</v>
+      </c>
+      <c r="N27" t="s">
+        <v>57</v>
+      </c>
+      <c r="O27" t="s">
+        <v>57</v>
+      </c>
+      <c r="P27" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>57</v>
+      </c>
+      <c r="R27" t="s">
+        <v>57</v>
+      </c>
+      <c r="S27" t="s">
+        <v>57</v>
+      </c>
+      <c r="T27" t="s">
+        <v>57</v>
+      </c>
+      <c r="U27" t="s">
+        <v>57</v>
+      </c>
+      <c r="V27" t="s">
+        <v>57</v>
+      </c>
+      <c r="W27" t="s">
+        <v>57</v>
+      </c>
+      <c r="X27" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AG27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AH27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AI27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AJ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AK27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AL27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AM27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AN27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AO27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AS27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AT27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AU27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AV27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AW27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AX27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AY27" t="s">
+        <v>57</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BH27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BJ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BK27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BL27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BM27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BN27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BO27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BP27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BQ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BR27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BS27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BT27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BU27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BV27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BW27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BX27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BY27" t="s">
+        <v>57</v>
+      </c>
+      <c r="BZ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CA27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CB27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CC27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CD27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CE27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CF27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CG27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CH27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CI27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CJ27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CK27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CL27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CM27" t="s">
+        <v>57</v>
+      </c>
+      <c r="CN27" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="28" spans="1:9">
+    <row r="28" spans="1:92">
       <c r="A28" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="C28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="E28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="F28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="G28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="H28" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="I28" t="s">
-        <v>32</v>
+        <v>58</v>
+      </c>
+      <c r="J28" t="s">
+        <v>58</v>
+      </c>
+      <c r="K28" t="s">
+        <v>58</v>
+      </c>
+      <c r="L28" t="s">
+        <v>58</v>
+      </c>
+      <c r="M28" t="s">
+        <v>58</v>
+      </c>
+      <c r="N28" t="s">
+        <v>58</v>
+      </c>
+      <c r="O28" t="s">
+        <v>58</v>
+      </c>
+      <c r="P28" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>58</v>
+      </c>
+      <c r="R28" t="s">
+        <v>58</v>
+      </c>
+      <c r="S28" t="s">
+        <v>58</v>
+      </c>
+      <c r="T28" t="s">
+        <v>58</v>
+      </c>
+      <c r="U28" t="s">
+        <v>58</v>
+      </c>
+      <c r="V28" t="s">
+        <v>58</v>
+      </c>
+      <c r="W28" t="s">
+        <v>58</v>
+      </c>
+      <c r="X28" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AV28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AW28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AY28" t="s">
+        <v>58</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BF28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BG28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BH28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BI28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BJ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BK28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BL28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BM28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BN28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BO28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BP28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BQ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BR28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BS28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BT28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BU28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BV28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BW28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BX28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BY28" t="s">
+        <v>58</v>
+      </c>
+      <c r="BZ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CA28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CB28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CC28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CD28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CE28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CF28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CG28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CH28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CI28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CJ28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CK28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CL28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CM28" t="s">
+        <v>58</v>
+      </c>
+      <c r="CN28" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="29" spans="1:9">
+    <row r="29" spans="1:92">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4"/>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="S29" s="4"/>
+      <c r="T29" s="4"/>
+      <c r="U29" s="4"/>
+      <c r="V29" s="4"/>
+      <c r="W29" s="4"/>
+      <c r="X29" s="4"/>
+      <c r="Y29" s="4"/>
+      <c r="Z29" s="4"/>
+      <c r="AA29" s="4"/>
+      <c r="AB29" s="4"/>
+      <c r="AC29" s="4"/>
+      <c r="AD29" s="4"/>
+      <c r="AE29" s="4"/>
+      <c r="AF29" s="4"/>
+      <c r="AG29" s="4"/>
+      <c r="AH29" s="4"/>
+      <c r="AI29" s="4"/>
+      <c r="AJ29" s="4"/>
+      <c r="AK29" s="4"/>
+      <c r="AL29" s="4"/>
+      <c r="AM29" s="4"/>
+      <c r="AN29" s="4"/>
+      <c r="AO29" s="4"/>
+      <c r="AP29" s="4"/>
+      <c r="AQ29" s="4"/>
+      <c r="AR29" s="4"/>
+      <c r="AS29" s="4"/>
+      <c r="AT29" s="4"/>
+      <c r="AU29" s="4"/>
+      <c r="AV29" s="4"/>
+      <c r="AW29" s="4"/>
+      <c r="AX29" s="4"/>
+      <c r="AY29" s="4"/>
+      <c r="AZ29" s="4"/>
+      <c r="BA29" s="4"/>
+      <c r="BB29" s="4"/>
+      <c r="BC29" s="4"/>
+      <c r="BD29" s="4"/>
+      <c r="BE29" s="4"/>
+      <c r="BF29" s="4"/>
+      <c r="BG29" s="4"/>
+      <c r="BH29" s="4"/>
+      <c r="BI29" s="4"/>
+      <c r="BJ29" s="4"/>
+      <c r="BK29" s="4"/>
+      <c r="BL29" s="4"/>
+      <c r="BM29" s="4"/>
+      <c r="BN29" s="4"/>
+      <c r="BO29" s="4"/>
+      <c r="BP29" s="4"/>
+      <c r="BQ29" s="4"/>
+      <c r="BR29" s="4"/>
+      <c r="BS29" s="4"/>
+      <c r="BT29" s="4"/>
+      <c r="BU29" s="4"/>
+      <c r="BV29" s="4"/>
+      <c r="BW29" s="4"/>
+      <c r="BX29" s="4"/>
+      <c r="BY29" s="4"/>
+      <c r="BZ29" s="4"/>
+      <c r="CA29" s="4"/>
+      <c r="CB29" s="4"/>
+      <c r="CC29" s="4"/>
+      <c r="CD29" s="4"/>
+      <c r="CE29" s="4"/>
+      <c r="CF29" s="4"/>
+      <c r="CG29" s="4"/>
+      <c r="CH29" s="4"/>
+      <c r="CI29" s="4"/>
+      <c r="CJ29" s="4"/>
+      <c r="CK29" s="4"/>
+      <c r="CL29" s="4"/>
+      <c r="CM29" s="4"/>
+      <c r="CN29" s="4"/>
     </row>
-    <row r="30" spans="1:9">
+    <row r="30" spans="1:92">
       <c r="A30" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+      <c r="L30" s="2"/>
+      <c r="M30" s="2"/>
+      <c r="N30" s="2"/>
+      <c r="O30" s="2"/>
+      <c r="P30" s="2"/>
+      <c r="Q30" s="2"/>
+      <c r="R30" s="2"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="W30" s="2"/>
+      <c r="X30" s="2"/>
+      <c r="Y30" s="2"/>
+      <c r="Z30" s="2"/>
+      <c r="AA30" s="2"/>
+      <c r="AB30" s="2"/>
+      <c r="AC30" s="2"/>
+      <c r="AD30" s="2"/>
+      <c r="AE30" s="2"/>
+      <c r="AF30" s="2"/>
+      <c r="AG30" s="2"/>
+      <c r="AH30" s="2"/>
+      <c r="AI30" s="2"/>
+      <c r="AJ30" s="2"/>
+      <c r="AK30" s="2"/>
+      <c r="AL30" s="2"/>
+      <c r="AM30" s="2"/>
+      <c r="AN30" s="2"/>
+      <c r="AO30" s="2"/>
+      <c r="AP30" s="2"/>
+      <c r="AQ30" s="2"/>
+      <c r="AR30" s="2"/>
+      <c r="AS30" s="2"/>
+      <c r="AT30" s="2"/>
+      <c r="AU30" s="2"/>
+      <c r="AV30" s="2"/>
+      <c r="AW30" s="2"/>
+      <c r="AX30" s="2"/>
+      <c r="AY30" s="2"/>
+      <c r="AZ30" s="2"/>
+      <c r="BA30" s="2"/>
+      <c r="BB30" s="2"/>
+      <c r="BC30" s="2"/>
+      <c r="BD30" s="2"/>
+      <c r="BE30" s="2"/>
+      <c r="BF30" s="2"/>
+      <c r="BG30" s="2"/>
+      <c r="BH30" s="2"/>
+      <c r="BI30" s="2"/>
+      <c r="BJ30" s="2"/>
+      <c r="BK30" s="2"/>
+      <c r="BL30" s="2"/>
+      <c r="BM30" s="2"/>
+      <c r="BN30" s="2"/>
+      <c r="BO30" s="2"/>
+      <c r="BP30" s="2"/>
+      <c r="BQ30" s="2"/>
+      <c r="BR30" s="2"/>
+      <c r="BS30" s="2"/>
+      <c r="BT30" s="2"/>
+      <c r="BU30" s="2"/>
+      <c r="BV30" s="2"/>
+      <c r="BW30" s="2"/>
+      <c r="BX30" s="2"/>
+      <c r="BY30" s="2"/>
+      <c r="BZ30" s="2"/>
+      <c r="CA30" s="2"/>
+      <c r="CB30" s="2"/>
+      <c r="CC30" s="2"/>
+      <c r="CD30" s="2"/>
+      <c r="CE30" s="2"/>
+      <c r="CF30" s="2"/>
+      <c r="CG30" s="2"/>
+      <c r="CH30" s="2"/>
+      <c r="CI30" s="2"/>
+      <c r="CJ30" s="2"/>
+      <c r="CK30" s="2"/>
+      <c r="CL30" s="2"/>
+      <c r="CM30" s="2"/>
+      <c r="CN30" s="2"/>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:92">
       <c r="A31" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3"/>
+      <c r="P31" s="3"/>
+      <c r="Q31" s="3"/>
+      <c r="R31" s="3"/>
+      <c r="S31" s="3"/>
+      <c r="T31" s="3"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="3"/>
+      <c r="W31" s="3"/>
+      <c r="X31" s="3"/>
+      <c r="Y31" s="3"/>
+      <c r="Z31" s="3"/>
+      <c r="AA31" s="3"/>
+      <c r="AB31" s="3"/>
+      <c r="AC31" s="3"/>
+      <c r="AD31" s="3"/>
+      <c r="AE31" s="3"/>
+      <c r="AF31" s="3"/>
+      <c r="AG31" s="3"/>
+      <c r="AH31" s="3"/>
+      <c r="AI31" s="3"/>
+      <c r="AJ31" s="3"/>
+      <c r="AK31" s="3"/>
+      <c r="AL31" s="3"/>
+      <c r="AM31" s="3"/>
+      <c r="AN31" s="3"/>
+      <c r="AO31" s="3"/>
+      <c r="AP31" s="3"/>
+      <c r="AQ31" s="3"/>
+      <c r="AR31" s="3"/>
+      <c r="AS31" s="3"/>
+      <c r="AT31" s="3"/>
+      <c r="AU31" s="3"/>
+      <c r="AV31" s="3"/>
+      <c r="AW31" s="3"/>
+      <c r="AX31" s="3"/>
+      <c r="AY31" s="3"/>
+      <c r="AZ31" s="3"/>
+      <c r="BA31" s="3"/>
+      <c r="BB31" s="3"/>
+      <c r="BC31" s="3"/>
+      <c r="BD31" s="3"/>
+      <c r="BE31" s="3"/>
+      <c r="BF31" s="3"/>
+      <c r="BG31" s="3"/>
+      <c r="BH31" s="3"/>
+      <c r="BI31" s="3"/>
+      <c r="BJ31" s="3"/>
+      <c r="BK31" s="3"/>
+      <c r="BL31" s="3"/>
+      <c r="BM31" s="3"/>
+      <c r="BN31" s="3"/>
+      <c r="BO31" s="3"/>
+      <c r="BP31" s="3"/>
+      <c r="BQ31" s="3"/>
+      <c r="BR31" s="3"/>
+      <c r="BS31" s="3"/>
+      <c r="BT31" s="3"/>
+      <c r="BU31" s="3"/>
+      <c r="BV31" s="3"/>
+      <c r="BW31" s="3"/>
+      <c r="BX31" s="3"/>
+      <c r="BY31" s="3"/>
+      <c r="BZ31" s="3"/>
+      <c r="CA31" s="3"/>
+      <c r="CB31" s="3"/>
+      <c r="CC31" s="3"/>
+      <c r="CD31" s="3"/>
+      <c r="CE31" s="3"/>
+      <c r="CF31" s="3"/>
+      <c r="CG31" s="3"/>
+      <c r="CH31" s="3"/>
+      <c r="CI31" s="3"/>
+      <c r="CJ31" s="3"/>
+      <c r="CK31" s="3"/>
+      <c r="CL31" s="3"/>
+      <c r="CM31" s="3"/>
+      <c r="CN31" s="3"/>
     </row>
-    <row r="32" spans="1:9">
+    <row r="32" spans="1:92">
       <c r="A32" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" t="s">
+        <v>61</v>
+      </c>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>61</v>
+      </c>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+      <c r="G32" t="s">
+        <v>61</v>
+      </c>
+      <c r="H32" t="s">
+        <v>61</v>
+      </c>
+      <c r="I32" t="s">
+        <v>61</v>
+      </c>
+      <c r="J32" t="s">
+        <v>61</v>
+      </c>
+      <c r="K32" t="s">
+        <v>61</v>
+      </c>
+      <c r="L32" t="s">
+        <v>61</v>
+      </c>
+      <c r="M32" t="s">
+        <v>61</v>
+      </c>
+      <c r="N32" t="s">
+        <v>61</v>
+      </c>
+      <c r="O32" t="s">
+        <v>61</v>
+      </c>
+      <c r="P32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>61</v>
+      </c>
+      <c r="R32" t="s">
+        <v>61</v>
+      </c>
+      <c r="S32" t="s">
+        <v>61</v>
+      </c>
+      <c r="T32" t="s">
+        <v>61</v>
+      </c>
+      <c r="U32" t="s">
+        <v>61</v>
+      </c>
+      <c r="V32" t="s">
+        <v>61</v>
+      </c>
+      <c r="W32" t="s">
+        <v>61</v>
+      </c>
+      <c r="X32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AW32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BC32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BE32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BF32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BG32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BH32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BI32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BJ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BK32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BL32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BM32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BN32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BO32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BP32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BQ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BR32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BS32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BT32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BU32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BV32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BW32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BX32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BY32" t="s">
+        <v>61</v>
+      </c>
+      <c r="BZ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CA32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CB32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CC32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CD32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CE32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CF32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CG32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CH32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CI32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CJ32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CK32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CL32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CM32" t="s">
+        <v>61</v>
+      </c>
+      <c r="CN32" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:92">
+      <c r="A33" t="s">
         <v>35</v>
       </c>
-      <c r="C32" t="s">
-[...18 lines deleted...]
-        <v>35</v>
+      <c r="B33" t="s">
+        <v>62</v>
+      </c>
+      <c r="C33" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" t="s">
+        <v>62</v>
+      </c>
+      <c r="E33" t="s">
+        <v>62</v>
+      </c>
+      <c r="F33" t="s">
+        <v>62</v>
+      </c>
+      <c r="G33" t="s">
+        <v>62</v>
+      </c>
+      <c r="H33" t="s">
+        <v>62</v>
+      </c>
+      <c r="I33" t="s">
+        <v>62</v>
+      </c>
+      <c r="J33" t="s">
+        <v>62</v>
+      </c>
+      <c r="K33" t="s">
+        <v>62</v>
+      </c>
+      <c r="L33" t="s">
+        <v>62</v>
+      </c>
+      <c r="M33" t="s">
+        <v>62</v>
+      </c>
+      <c r="N33" t="s">
+        <v>62</v>
+      </c>
+      <c r="O33" t="s">
+        <v>62</v>
+      </c>
+      <c r="P33" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>62</v>
+      </c>
+      <c r="R33" t="s">
+        <v>62</v>
+      </c>
+      <c r="S33" t="s">
+        <v>62</v>
+      </c>
+      <c r="T33" t="s">
+        <v>62</v>
+      </c>
+      <c r="U33" t="s">
+        <v>62</v>
+      </c>
+      <c r="V33" t="s">
+        <v>62</v>
+      </c>
+      <c r="W33" t="s">
+        <v>62</v>
+      </c>
+      <c r="X33" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AW33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AX33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AY33" t="s">
+        <v>62</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BE33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BF33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BG33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BH33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BI33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BJ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BK33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BL33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BM33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BN33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BO33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BP33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BQ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BR33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BS33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BT33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BU33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BV33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BW33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BX33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BY33" t="s">
+        <v>62</v>
+      </c>
+      <c r="BZ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CA33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CB33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CC33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CD33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CE33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CF33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CG33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CH33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CI33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CJ33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CK33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CL33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CM33" t="s">
+        <v>62</v>
+      </c>
+      <c r="CN33" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="33" spans="1:9">
-[...28 lines deleted...]
-    <row r="34" spans="1:9">
+    <row r="34" spans="1:92">
       <c r="A34" s="3" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
+      <c r="J34" s="3"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="3"/>
+      <c r="M34" s="3"/>
+      <c r="N34" s="3"/>
+      <c r="O34" s="3"/>
+      <c r="P34" s="3"/>
+      <c r="Q34" s="3"/>
+      <c r="R34" s="3"/>
+      <c r="S34" s="3"/>
+      <c r="T34" s="3"/>
+      <c r="U34" s="3"/>
+      <c r="V34" s="3"/>
+      <c r="W34" s="3"/>
+      <c r="X34" s="3"/>
+      <c r="Y34" s="3"/>
+      <c r="Z34" s="3"/>
+      <c r="AA34" s="3"/>
+      <c r="AB34" s="3"/>
+      <c r="AC34" s="3"/>
+      <c r="AD34" s="3"/>
+      <c r="AE34" s="3"/>
+      <c r="AF34" s="3"/>
+      <c r="AG34" s="3"/>
+      <c r="AH34" s="3"/>
+      <c r="AI34" s="3"/>
+      <c r="AJ34" s="3"/>
+      <c r="AK34" s="3"/>
+      <c r="AL34" s="3"/>
+      <c r="AM34" s="3"/>
+      <c r="AN34" s="3"/>
+      <c r="AO34" s="3"/>
+      <c r="AP34" s="3"/>
+      <c r="AQ34" s="3"/>
+      <c r="AR34" s="3"/>
+      <c r="AS34" s="3"/>
+      <c r="AT34" s="3"/>
+      <c r="AU34" s="3"/>
+      <c r="AV34" s="3"/>
+      <c r="AW34" s="3"/>
+      <c r="AX34" s="3"/>
+      <c r="AY34" s="3"/>
+      <c r="AZ34" s="3"/>
+      <c r="BA34" s="3"/>
+      <c r="BB34" s="3"/>
+      <c r="BC34" s="3"/>
+      <c r="BD34" s="3"/>
+      <c r="BE34" s="3"/>
+      <c r="BF34" s="3"/>
+      <c r="BG34" s="3"/>
+      <c r="BH34" s="3"/>
+      <c r="BI34" s="3"/>
+      <c r="BJ34" s="3"/>
+      <c r="BK34" s="3"/>
+      <c r="BL34" s="3"/>
+      <c r="BM34" s="3"/>
+      <c r="BN34" s="3"/>
+      <c r="BO34" s="3"/>
+      <c r="BP34" s="3"/>
+      <c r="BQ34" s="3"/>
+      <c r="BR34" s="3"/>
+      <c r="BS34" s="3"/>
+      <c r="BT34" s="3"/>
+      <c r="BU34" s="3"/>
+      <c r="BV34" s="3"/>
+      <c r="BW34" s="3"/>
+      <c r="BX34" s="3"/>
+      <c r="BY34" s="3"/>
+      <c r="BZ34" s="3"/>
+      <c r="CA34" s="3"/>
+      <c r="CB34" s="3"/>
+      <c r="CC34" s="3"/>
+      <c r="CD34" s="3"/>
+      <c r="CE34" s="3"/>
+      <c r="CF34" s="3"/>
+      <c r="CG34" s="3"/>
+      <c r="CH34" s="3"/>
+      <c r="CI34" s="3"/>
+      <c r="CJ34" s="3"/>
+      <c r="CK34" s="3"/>
+      <c r="CL34" s="3"/>
+      <c r="CM34" s="3"/>
+      <c r="CN34" s="3"/>
     </row>
-    <row r="35" spans="1:9">
+    <row r="35" spans="1:92">
       <c r="A35" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="C35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="D35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="F35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="G35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="H35" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="I35" t="s">
-        <v>38</v>
+        <v>64</v>
+      </c>
+      <c r="J35" t="s">
+        <v>64</v>
+      </c>
+      <c r="K35" t="s">
+        <v>64</v>
+      </c>
+      <c r="L35" t="s">
+        <v>64</v>
+      </c>
+      <c r="M35" t="s">
+        <v>64</v>
+      </c>
+      <c r="N35" t="s">
+        <v>64</v>
+      </c>
+      <c r="O35" t="s">
+        <v>64</v>
+      </c>
+      <c r="P35" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>64</v>
+      </c>
+      <c r="R35" t="s">
+        <v>64</v>
+      </c>
+      <c r="S35" t="s">
+        <v>64</v>
+      </c>
+      <c r="T35" t="s">
+        <v>64</v>
+      </c>
+      <c r="U35" t="s">
+        <v>64</v>
+      </c>
+      <c r="V35" t="s">
+        <v>64</v>
+      </c>
+      <c r="W35" t="s">
+        <v>64</v>
+      </c>
+      <c r="X35" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AR35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AS35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AT35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AU35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AW35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AX35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AY35" t="s">
+        <v>64</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BB35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BC35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BD35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BE35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BF35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BG35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BH35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BI35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BJ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BK35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BL35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BM35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BN35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BO35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BP35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BQ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BR35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BS35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BT35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BU35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BV35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BW35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BX35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BY35" t="s">
+        <v>64</v>
+      </c>
+      <c r="BZ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CA35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CB35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CC35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CD35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CE35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CF35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CG35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CH35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CI35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CJ35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CK35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CL35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CM35" t="s">
+        <v>64</v>
+      </c>
+      <c r="CN35" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="36" spans="1:9">
+    <row r="36" spans="1:92">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+      <c r="W36" s="4"/>
+      <c r="X36" s="4"/>
+      <c r="Y36" s="4"/>
+      <c r="Z36" s="4"/>
+      <c r="AA36" s="4"/>
+      <c r="AB36" s="4"/>
+      <c r="AC36" s="4"/>
+      <c r="AD36" s="4"/>
+      <c r="AE36" s="4"/>
+      <c r="AF36" s="4"/>
+      <c r="AG36" s="4"/>
+      <c r="AH36" s="4"/>
+      <c r="AI36" s="4"/>
+      <c r="AJ36" s="4"/>
+      <c r="AK36" s="4"/>
+      <c r="AL36" s="4"/>
+      <c r="AM36" s="4"/>
+      <c r="AN36" s="4"/>
+      <c r="AO36" s="4"/>
+      <c r="AP36" s="4"/>
+      <c r="AQ36" s="4"/>
+      <c r="AR36" s="4"/>
+      <c r="AS36" s="4"/>
+      <c r="AT36" s="4"/>
+      <c r="AU36" s="4"/>
+      <c r="AV36" s="4"/>
+      <c r="AW36" s="4"/>
+      <c r="AX36" s="4"/>
+      <c r="AY36" s="4"/>
+      <c r="AZ36" s="4"/>
+      <c r="BA36" s="4"/>
+      <c r="BB36" s="4"/>
+      <c r="BC36" s="4"/>
+      <c r="BD36" s="4"/>
+      <c r="BE36" s="4"/>
+      <c r="BF36" s="4"/>
+      <c r="BG36" s="4"/>
+      <c r="BH36" s="4"/>
+      <c r="BI36" s="4"/>
+      <c r="BJ36" s="4"/>
+      <c r="BK36" s="4"/>
+      <c r="BL36" s="4"/>
+      <c r="BM36" s="4"/>
+      <c r="BN36" s="4"/>
+      <c r="BO36" s="4"/>
+      <c r="BP36" s="4"/>
+      <c r="BQ36" s="4"/>
+      <c r="BR36" s="4"/>
+      <c r="BS36" s="4"/>
+      <c r="BT36" s="4"/>
+      <c r="BU36" s="4"/>
+      <c r="BV36" s="4"/>
+      <c r="BW36" s="4"/>
+      <c r="BX36" s="4"/>
+      <c r="BY36" s="4"/>
+      <c r="BZ36" s="4"/>
+      <c r="CA36" s="4"/>
+      <c r="CB36" s="4"/>
+      <c r="CC36" s="4"/>
+      <c r="CD36" s="4"/>
+      <c r="CE36" s="4"/>
+      <c r="CF36" s="4"/>
+      <c r="CG36" s="4"/>
+      <c r="CH36" s="4"/>
+      <c r="CI36" s="4"/>
+      <c r="CJ36" s="4"/>
+      <c r="CK36" s="4"/>
+      <c r="CL36" s="4"/>
+      <c r="CM36" s="4"/>
+      <c r="CN36" s="4"/>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:92">
       <c r="A37" s="2" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
+      <c r="N37" s="2"/>
+      <c r="O37" s="2"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="2"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="V37" s="2"/>
+      <c r="W37" s="2"/>
+      <c r="X37" s="2"/>
+      <c r="Y37" s="2"/>
+      <c r="Z37" s="2"/>
+      <c r="AA37" s="2"/>
+      <c r="AB37" s="2"/>
+      <c r="AC37" s="2"/>
+      <c r="AD37" s="2"/>
+      <c r="AE37" s="2"/>
+      <c r="AF37" s="2"/>
+      <c r="AG37" s="2"/>
+      <c r="AH37" s="2"/>
+      <c r="AI37" s="2"/>
+      <c r="AJ37" s="2"/>
+      <c r="AK37" s="2"/>
+      <c r="AL37" s="2"/>
+      <c r="AM37" s="2"/>
+      <c r="AN37" s="2"/>
+      <c r="AO37" s="2"/>
+      <c r="AP37" s="2"/>
+      <c r="AQ37" s="2"/>
+      <c r="AR37" s="2"/>
+      <c r="AS37" s="2"/>
+      <c r="AT37" s="2"/>
+      <c r="AU37" s="2"/>
+      <c r="AV37" s="2"/>
+      <c r="AW37" s="2"/>
+      <c r="AX37" s="2"/>
+      <c r="AY37" s="2"/>
+      <c r="AZ37" s="2"/>
+      <c r="BA37" s="2"/>
+      <c r="BB37" s="2"/>
+      <c r="BC37" s="2"/>
+      <c r="BD37" s="2"/>
+      <c r="BE37" s="2"/>
+      <c r="BF37" s="2"/>
+      <c r="BG37" s="2"/>
+      <c r="BH37" s="2"/>
+      <c r="BI37" s="2"/>
+      <c r="BJ37" s="2"/>
+      <c r="BK37" s="2"/>
+      <c r="BL37" s="2"/>
+      <c r="BM37" s="2"/>
+      <c r="BN37" s="2"/>
+      <c r="BO37" s="2"/>
+      <c r="BP37" s="2"/>
+      <c r="BQ37" s="2"/>
+      <c r="BR37" s="2"/>
+      <c r="BS37" s="2"/>
+      <c r="BT37" s="2"/>
+      <c r="BU37" s="2"/>
+      <c r="BV37" s="2"/>
+      <c r="BW37" s="2"/>
+      <c r="BX37" s="2"/>
+      <c r="BY37" s="2"/>
+      <c r="BZ37" s="2"/>
+      <c r="CA37" s="2"/>
+      <c r="CB37" s="2"/>
+      <c r="CC37" s="2"/>
+      <c r="CD37" s="2"/>
+      <c r="CE37" s="2"/>
+      <c r="CF37" s="2"/>
+      <c r="CG37" s="2"/>
+      <c r="CH37" s="2"/>
+      <c r="CI37" s="2"/>
+      <c r="CJ37" s="2"/>
+      <c r="CK37" s="2"/>
+      <c r="CL37" s="2"/>
+      <c r="CM37" s="2"/>
+      <c r="CN37" s="2"/>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:92">
       <c r="A38" s="3" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
+      <c r="V38" s="3"/>
+      <c r="W38" s="3"/>
+      <c r="X38" s="3"/>
+      <c r="Y38" s="3"/>
+      <c r="Z38" s="3"/>
+      <c r="AA38" s="3"/>
+      <c r="AB38" s="3"/>
+      <c r="AC38" s="3"/>
+      <c r="AD38" s="3"/>
+      <c r="AE38" s="3"/>
+      <c r="AF38" s="3"/>
+      <c r="AG38" s="3"/>
+      <c r="AH38" s="3"/>
+      <c r="AI38" s="3"/>
+      <c r="AJ38" s="3"/>
+      <c r="AK38" s="3"/>
+      <c r="AL38" s="3"/>
+      <c r="AM38" s="3"/>
+      <c r="AN38" s="3"/>
+      <c r="AO38" s="3"/>
+      <c r="AP38" s="3"/>
+      <c r="AQ38" s="3"/>
+      <c r="AR38" s="3"/>
+      <c r="AS38" s="3"/>
+      <c r="AT38" s="3"/>
+      <c r="AU38" s="3"/>
+      <c r="AV38" s="3"/>
+      <c r="AW38" s="3"/>
+      <c r="AX38" s="3"/>
+      <c r="AY38" s="3"/>
+      <c r="AZ38" s="3"/>
+      <c r="BA38" s="3"/>
+      <c r="BB38" s="3"/>
+      <c r="BC38" s="3"/>
+      <c r="BD38" s="3"/>
+      <c r="BE38" s="3"/>
+      <c r="BF38" s="3"/>
+      <c r="BG38" s="3"/>
+      <c r="BH38" s="3"/>
+      <c r="BI38" s="3"/>
+      <c r="BJ38" s="3"/>
+      <c r="BK38" s="3"/>
+      <c r="BL38" s="3"/>
+      <c r="BM38" s="3"/>
+      <c r="BN38" s="3"/>
+      <c r="BO38" s="3"/>
+      <c r="BP38" s="3"/>
+      <c r="BQ38" s="3"/>
+      <c r="BR38" s="3"/>
+      <c r="BS38" s="3"/>
+      <c r="BT38" s="3"/>
+      <c r="BU38" s="3"/>
+      <c r="BV38" s="3"/>
+      <c r="BW38" s="3"/>
+      <c r="BX38" s="3"/>
+      <c r="BY38" s="3"/>
+      <c r="BZ38" s="3"/>
+      <c r="CA38" s="3"/>
+      <c r="CB38" s="3"/>
+      <c r="CC38" s="3"/>
+      <c r="CD38" s="3"/>
+      <c r="CE38" s="3"/>
+      <c r="CF38" s="3"/>
+      <c r="CG38" s="3"/>
+      <c r="CH38" s="3"/>
+      <c r="CI38" s="3"/>
+      <c r="CJ38" s="3"/>
+      <c r="CK38" s="3"/>
+      <c r="CL38" s="3"/>
+      <c r="CM38" s="3"/>
+      <c r="CN38" s="3"/>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:92">
       <c r="A39" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="C39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="D39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="E39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="G39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="H39" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="I39" t="s">
-        <v>41</v>
+        <v>67</v>
+      </c>
+      <c r="J39" t="s">
+        <v>67</v>
+      </c>
+      <c r="K39" t="s">
+        <v>67</v>
+      </c>
+      <c r="L39" t="s">
+        <v>67</v>
+      </c>
+      <c r="M39" t="s">
+        <v>67</v>
+      </c>
+      <c r="N39" t="s">
+        <v>67</v>
+      </c>
+      <c r="O39" t="s">
+        <v>67</v>
+      </c>
+      <c r="P39" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>67</v>
+      </c>
+      <c r="R39" t="s">
+        <v>67</v>
+      </c>
+      <c r="S39" t="s">
+        <v>67</v>
+      </c>
+      <c r="T39" t="s">
+        <v>67</v>
+      </c>
+      <c r="U39" t="s">
+        <v>67</v>
+      </c>
+      <c r="V39" t="s">
+        <v>67</v>
+      </c>
+      <c r="W39" t="s">
+        <v>67</v>
+      </c>
+      <c r="X39" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>67</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AT39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AV39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AW39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AX39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AY39" t="s">
+        <v>67</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BA39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BB39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BC39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BD39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BE39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BF39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BG39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BH39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BI39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BJ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BK39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BL39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BM39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BN39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BO39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BP39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BQ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BR39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BS39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BT39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BU39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BV39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BW39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BX39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BY39" t="s">
+        <v>67</v>
+      </c>
+      <c r="BZ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CA39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CB39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CC39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CD39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CE39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CF39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CG39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CH39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CI39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CJ39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CK39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CL39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CM39" t="s">
+        <v>67</v>
+      </c>
+      <c r="CN39" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:92">
       <c r="A40" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="C40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="D40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="E40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="G40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="H40" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="I40" t="s">
-        <v>42</v>
+        <v>68</v>
+      </c>
+      <c r="J40" t="s">
+        <v>68</v>
+      </c>
+      <c r="K40" t="s">
+        <v>68</v>
+      </c>
+      <c r="L40" t="s">
+        <v>68</v>
+      </c>
+      <c r="M40" t="s">
+        <v>68</v>
+      </c>
+      <c r="N40" t="s">
+        <v>68</v>
+      </c>
+      <c r="O40" t="s">
+        <v>68</v>
+      </c>
+      <c r="P40" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>68</v>
+      </c>
+      <c r="R40" t="s">
+        <v>68</v>
+      </c>
+      <c r="S40" t="s">
+        <v>68</v>
+      </c>
+      <c r="T40" t="s">
+        <v>68</v>
+      </c>
+      <c r="U40" t="s">
+        <v>68</v>
+      </c>
+      <c r="V40" t="s">
+        <v>68</v>
+      </c>
+      <c r="W40" t="s">
+        <v>68</v>
+      </c>
+      <c r="X40" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AW40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AX40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AY40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AZ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BB40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BC40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BD40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BE40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BF40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BG40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BH40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BI40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BJ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BK40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BL40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BN40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BT40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BU40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BV40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BW40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BX40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BY40" t="s">
+        <v>68</v>
+      </c>
+      <c r="BZ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CA40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CB40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CC40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CD40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CE40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CF40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CG40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CH40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CI40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CJ40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CK40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CL40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CM40" t="s">
+        <v>68</v>
+      </c>
+      <c r="CN40" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:92">
       <c r="A41" s="3" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3"/>
+      <c r="P41" s="3"/>
+      <c r="Q41" s="3"/>
+      <c r="R41" s="3"/>
+      <c r="S41" s="3"/>
+      <c r="T41" s="3"/>
+      <c r="U41" s="3"/>
+      <c r="V41" s="3"/>
+      <c r="W41" s="3"/>
+      <c r="X41" s="3"/>
+      <c r="Y41" s="3"/>
+      <c r="Z41" s="3"/>
+      <c r="AA41" s="3"/>
+      <c r="AB41" s="3"/>
+      <c r="AC41" s="3"/>
+      <c r="AD41" s="3"/>
+      <c r="AE41" s="3"/>
+      <c r="AF41" s="3"/>
+      <c r="AG41" s="3"/>
+      <c r="AH41" s="3"/>
+      <c r="AI41" s="3"/>
+      <c r="AJ41" s="3"/>
+      <c r="AK41" s="3"/>
+      <c r="AL41" s="3"/>
+      <c r="AM41" s="3"/>
+      <c r="AN41" s="3"/>
+      <c r="AO41" s="3"/>
+      <c r="AP41" s="3"/>
+      <c r="AQ41" s="3"/>
+      <c r="AR41" s="3"/>
+      <c r="AS41" s="3"/>
+      <c r="AT41" s="3"/>
+      <c r="AU41" s="3"/>
+      <c r="AV41" s="3"/>
+      <c r="AW41" s="3"/>
+      <c r="AX41" s="3"/>
+      <c r="AY41" s="3"/>
+      <c r="AZ41" s="3"/>
+      <c r="BA41" s="3"/>
+      <c r="BB41" s="3"/>
+      <c r="BC41" s="3"/>
+      <c r="BD41" s="3"/>
+      <c r="BE41" s="3"/>
+      <c r="BF41" s="3"/>
+      <c r="BG41" s="3"/>
+      <c r="BH41" s="3"/>
+      <c r="BI41" s="3"/>
+      <c r="BJ41" s="3"/>
+      <c r="BK41" s="3"/>
+      <c r="BL41" s="3"/>
+      <c r="BM41" s="3"/>
+      <c r="BN41" s="3"/>
+      <c r="BO41" s="3"/>
+      <c r="BP41" s="3"/>
+      <c r="BQ41" s="3"/>
+      <c r="BR41" s="3"/>
+      <c r="BS41" s="3"/>
+      <c r="BT41" s="3"/>
+      <c r="BU41" s="3"/>
+      <c r="BV41" s="3"/>
+      <c r="BW41" s="3"/>
+      <c r="BX41" s="3"/>
+      <c r="BY41" s="3"/>
+      <c r="BZ41" s="3"/>
+      <c r="CA41" s="3"/>
+      <c r="CB41" s="3"/>
+      <c r="CC41" s="3"/>
+      <c r="CD41" s="3"/>
+      <c r="CE41" s="3"/>
+      <c r="CF41" s="3"/>
+      <c r="CG41" s="3"/>
+      <c r="CH41" s="3"/>
+      <c r="CI41" s="3"/>
+      <c r="CJ41" s="3"/>
+      <c r="CK41" s="3"/>
+      <c r="CL41" s="3"/>
+      <c r="CM41" s="3"/>
+      <c r="CN41" s="3"/>
     </row>
-    <row r="42" spans="1:9">
+    <row r="42" spans="1:92">
       <c r="A42" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="C42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="E42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="G42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="H42" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="I42" t="s">
-        <v>25</v>
+        <v>70</v>
+      </c>
+      <c r="J42" t="s">
+        <v>70</v>
+      </c>
+      <c r="K42" t="s">
+        <v>70</v>
+      </c>
+      <c r="L42" t="s">
+        <v>70</v>
+      </c>
+      <c r="M42" t="s">
+        <v>70</v>
+      </c>
+      <c r="N42" t="s">
+        <v>70</v>
+      </c>
+      <c r="O42" t="s">
+        <v>70</v>
+      </c>
+      <c r="P42" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>70</v>
+      </c>
+      <c r="R42" t="s">
+        <v>70</v>
+      </c>
+      <c r="S42" t="s">
+        <v>70</v>
+      </c>
+      <c r="T42" t="s">
+        <v>70</v>
+      </c>
+      <c r="U42" t="s">
+        <v>70</v>
+      </c>
+      <c r="V42" t="s">
+        <v>70</v>
+      </c>
+      <c r="W42" t="s">
+        <v>70</v>
+      </c>
+      <c r="X42" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>70</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AK42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AO42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AS42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AT42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AV42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AW42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AX42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AY42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AZ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BA42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BB42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BC42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BI42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BJ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BK42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BL42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BM42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BO42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BP42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BQ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BR42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BS42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BT42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BU42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BV42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BW42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BX42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BY42" t="s">
+        <v>70</v>
+      </c>
+      <c r="BZ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CA42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CB42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CC42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CD42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CE42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CF42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CG42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CH42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CI42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CJ42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CK42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CL42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CM42" t="s">
+        <v>70</v>
+      </c>
+      <c r="CN42" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="43" spans="1:9">
+    <row r="43" spans="1:92">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="4"/>
+      <c r="L43" s="4"/>
+      <c r="M43" s="4"/>
+      <c r="N43" s="4"/>
+      <c r="O43" s="4"/>
+      <c r="P43" s="4"/>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="4"/>
+      <c r="S43" s="4"/>
+      <c r="T43" s="4"/>
+      <c r="U43" s="4"/>
+      <c r="V43" s="4"/>
+      <c r="W43" s="4"/>
+      <c r="X43" s="4"/>
+      <c r="Y43" s="4"/>
+      <c r="Z43" s="4"/>
+      <c r="AA43" s="4"/>
+      <c r="AB43" s="4"/>
+      <c r="AC43" s="4"/>
+      <c r="AD43" s="4"/>
+      <c r="AE43" s="4"/>
+      <c r="AF43" s="4"/>
+      <c r="AG43" s="4"/>
+      <c r="AH43" s="4"/>
+      <c r="AI43" s="4"/>
+      <c r="AJ43" s="4"/>
+      <c r="AK43" s="4"/>
+      <c r="AL43" s="4"/>
+      <c r="AM43" s="4"/>
+      <c r="AN43" s="4"/>
+      <c r="AO43" s="4"/>
+      <c r="AP43" s="4"/>
+      <c r="AQ43" s="4"/>
+      <c r="AR43" s="4"/>
+      <c r="AS43" s="4"/>
+      <c r="AT43" s="4"/>
+      <c r="AU43" s="4"/>
+      <c r="AV43" s="4"/>
+      <c r="AW43" s="4"/>
+      <c r="AX43" s="4"/>
+      <c r="AY43" s="4"/>
+      <c r="AZ43" s="4"/>
+      <c r="BA43" s="4"/>
+      <c r="BB43" s="4"/>
+      <c r="BC43" s="4"/>
+      <c r="BD43" s="4"/>
+      <c r="BE43" s="4"/>
+      <c r="BF43" s="4"/>
+      <c r="BG43" s="4"/>
+      <c r="BH43" s="4"/>
+      <c r="BI43" s="4"/>
+      <c r="BJ43" s="4"/>
+      <c r="BK43" s="4"/>
+      <c r="BL43" s="4"/>
+      <c r="BM43" s="4"/>
+      <c r="BN43" s="4"/>
+      <c r="BO43" s="4"/>
+      <c r="BP43" s="4"/>
+      <c r="BQ43" s="4"/>
+      <c r="BR43" s="4"/>
+      <c r="BS43" s="4"/>
+      <c r="BT43" s="4"/>
+      <c r="BU43" s="4"/>
+      <c r="BV43" s="4"/>
+      <c r="BW43" s="4"/>
+      <c r="BX43" s="4"/>
+      <c r="BY43" s="4"/>
+      <c r="BZ43" s="4"/>
+      <c r="CA43" s="4"/>
+      <c r="CB43" s="4"/>
+      <c r="CC43" s="4"/>
+      <c r="CD43" s="4"/>
+      <c r="CE43" s="4"/>
+      <c r="CF43" s="4"/>
+      <c r="CG43" s="4"/>
+      <c r="CH43" s="4"/>
+      <c r="CI43" s="4"/>
+      <c r="CJ43" s="4"/>
+      <c r="CK43" s="4"/>
+      <c r="CL43" s="4"/>
+      <c r="CM43" s="4"/>
+      <c r="CN43" s="4"/>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:92">
       <c r="A44" s="2" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+      <c r="L44" s="2"/>
+      <c r="M44" s="2"/>
+      <c r="N44" s="2"/>
+      <c r="O44" s="2"/>
+      <c r="P44" s="2"/>
+      <c r="Q44" s="2"/>
+      <c r="R44" s="2"/>
+      <c r="S44" s="2"/>
+      <c r="T44" s="2"/>
+      <c r="U44" s="2"/>
+      <c r="V44" s="2"/>
+      <c r="W44" s="2"/>
+      <c r="X44" s="2"/>
+      <c r="Y44" s="2"/>
+      <c r="Z44" s="2"/>
+      <c r="AA44" s="2"/>
+      <c r="AB44" s="2"/>
+      <c r="AC44" s="2"/>
+      <c r="AD44" s="2"/>
+      <c r="AE44" s="2"/>
+      <c r="AF44" s="2"/>
+      <c r="AG44" s="2"/>
+      <c r="AH44" s="2"/>
+      <c r="AI44" s="2"/>
+      <c r="AJ44" s="2"/>
+      <c r="AK44" s="2"/>
+      <c r="AL44" s="2"/>
+      <c r="AM44" s="2"/>
+      <c r="AN44" s="2"/>
+      <c r="AO44" s="2"/>
+      <c r="AP44" s="2"/>
+      <c r="AQ44" s="2"/>
+      <c r="AR44" s="2"/>
+      <c r="AS44" s="2"/>
+      <c r="AT44" s="2"/>
+      <c r="AU44" s="2"/>
+      <c r="AV44" s="2"/>
+      <c r="AW44" s="2"/>
+      <c r="AX44" s="2"/>
+      <c r="AY44" s="2"/>
+      <c r="AZ44" s="2"/>
+      <c r="BA44" s="2"/>
+      <c r="BB44" s="2"/>
+      <c r="BC44" s="2"/>
+      <c r="BD44" s="2"/>
+      <c r="BE44" s="2"/>
+      <c r="BF44" s="2"/>
+      <c r="BG44" s="2"/>
+      <c r="BH44" s="2"/>
+      <c r="BI44" s="2"/>
+      <c r="BJ44" s="2"/>
+      <c r="BK44" s="2"/>
+      <c r="BL44" s="2"/>
+      <c r="BM44" s="2"/>
+      <c r="BN44" s="2"/>
+      <c r="BO44" s="2"/>
+      <c r="BP44" s="2"/>
+      <c r="BQ44" s="2"/>
+      <c r="BR44" s="2"/>
+      <c r="BS44" s="2"/>
+      <c r="BT44" s="2"/>
+      <c r="BU44" s="2"/>
+      <c r="BV44" s="2"/>
+      <c r="BW44" s="2"/>
+      <c r="BX44" s="2"/>
+      <c r="BY44" s="2"/>
+      <c r="BZ44" s="2"/>
+      <c r="CA44" s="2"/>
+      <c r="CB44" s="2"/>
+      <c r="CC44" s="2"/>
+      <c r="CD44" s="2"/>
+      <c r="CE44" s="2"/>
+      <c r="CF44" s="2"/>
+      <c r="CG44" s="2"/>
+      <c r="CH44" s="2"/>
+      <c r="CI44" s="2"/>
+      <c r="CJ44" s="2"/>
+      <c r="CK44" s="2"/>
+      <c r="CL44" s="2"/>
+      <c r="CM44" s="2"/>
+      <c r="CN44" s="2"/>
     </row>
-    <row r="45" spans="1:9">
+    <row r="45" spans="1:92">
       <c r="A45" s="3" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3"/>
+      <c r="P45" s="3"/>
+      <c r="Q45" s="3"/>
+      <c r="R45" s="3"/>
+      <c r="S45" s="3"/>
+      <c r="T45" s="3"/>
+      <c r="U45" s="3"/>
+      <c r="V45" s="3"/>
+      <c r="W45" s="3"/>
+      <c r="X45" s="3"/>
+      <c r="Y45" s="3"/>
+      <c r="Z45" s="3"/>
+      <c r="AA45" s="3"/>
+      <c r="AB45" s="3"/>
+      <c r="AC45" s="3"/>
+      <c r="AD45" s="3"/>
+      <c r="AE45" s="3"/>
+      <c r="AF45" s="3"/>
+      <c r="AG45" s="3"/>
+      <c r="AH45" s="3"/>
+      <c r="AI45" s="3"/>
+      <c r="AJ45" s="3"/>
+      <c r="AK45" s="3"/>
+      <c r="AL45" s="3"/>
+      <c r="AM45" s="3"/>
+      <c r="AN45" s="3"/>
+      <c r="AO45" s="3"/>
+      <c r="AP45" s="3"/>
+      <c r="AQ45" s="3"/>
+      <c r="AR45" s="3"/>
+      <c r="AS45" s="3"/>
+      <c r="AT45" s="3"/>
+      <c r="AU45" s="3"/>
+      <c r="AV45" s="3"/>
+      <c r="AW45" s="3"/>
+      <c r="AX45" s="3"/>
+      <c r="AY45" s="3"/>
+      <c r="AZ45" s="3"/>
+      <c r="BA45" s="3"/>
+      <c r="BB45" s="3"/>
+      <c r="BC45" s="3"/>
+      <c r="BD45" s="3"/>
+      <c r="BE45" s="3"/>
+      <c r="BF45" s="3"/>
+      <c r="BG45" s="3"/>
+      <c r="BH45" s="3"/>
+      <c r="BI45" s="3"/>
+      <c r="BJ45" s="3"/>
+      <c r="BK45" s="3"/>
+      <c r="BL45" s="3"/>
+      <c r="BM45" s="3"/>
+      <c r="BN45" s="3"/>
+      <c r="BO45" s="3"/>
+      <c r="BP45" s="3"/>
+      <c r="BQ45" s="3"/>
+      <c r="BR45" s="3"/>
+      <c r="BS45" s="3"/>
+      <c r="BT45" s="3"/>
+      <c r="BU45" s="3"/>
+      <c r="BV45" s="3"/>
+      <c r="BW45" s="3"/>
+      <c r="BX45" s="3"/>
+      <c r="BY45" s="3"/>
+      <c r="BZ45" s="3"/>
+      <c r="CA45" s="3"/>
+      <c r="CB45" s="3"/>
+      <c r="CC45" s="3"/>
+      <c r="CD45" s="3"/>
+      <c r="CE45" s="3"/>
+      <c r="CF45" s="3"/>
+      <c r="CG45" s="3"/>
+      <c r="CH45" s="3"/>
+      <c r="CI45" s="3"/>
+      <c r="CJ45" s="3"/>
+      <c r="CK45" s="3"/>
+      <c r="CL45" s="3"/>
+      <c r="CM45" s="3"/>
+      <c r="CN45" s="3"/>
     </row>
-    <row r="46" spans="1:9">
+    <row r="46" spans="1:92">
       <c r="A46" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="C46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="D46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="E46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="F46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="G46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="H46" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="I46" t="s">
-        <v>46</v>
+        <v>73</v>
+      </c>
+      <c r="J46" t="s">
+        <v>73</v>
+      </c>
+      <c r="K46" t="s">
+        <v>73</v>
+      </c>
+      <c r="L46" t="s">
+        <v>73</v>
+      </c>
+      <c r="M46" t="s">
+        <v>73</v>
+      </c>
+      <c r="N46" t="s">
+        <v>73</v>
+      </c>
+      <c r="O46" t="s">
+        <v>73</v>
+      </c>
+      <c r="P46" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>73</v>
+      </c>
+      <c r="R46" t="s">
+        <v>73</v>
+      </c>
+      <c r="S46" t="s">
+        <v>73</v>
+      </c>
+      <c r="T46" t="s">
+        <v>73</v>
+      </c>
+      <c r="U46" t="s">
+        <v>73</v>
+      </c>
+      <c r="V46" t="s">
+        <v>73</v>
+      </c>
+      <c r="W46" t="s">
+        <v>73</v>
+      </c>
+      <c r="X46" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY46" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BB46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BC46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BH46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BJ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BK46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BM46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BN46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BO46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BP46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BR46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BS46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BT46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BU46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BV46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BW46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BX46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BY46" t="s">
+        <v>73</v>
+      </c>
+      <c r="BZ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CA46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CB46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CC46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CD46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CE46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CF46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CG46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CH46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CI46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CJ46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CK46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CL46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CM46" t="s">
+        <v>73</v>
+      </c>
+      <c r="CN46" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="47" spans="1:9">
+    <row r="47" spans="1:92">
       <c r="A47" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="C47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="E47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="F47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="G47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="H47" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="I47" t="s">
-        <v>47</v>
+        <v>74</v>
+      </c>
+      <c r="J47" t="s">
+        <v>74</v>
+      </c>
+      <c r="K47" t="s">
+        <v>74</v>
+      </c>
+      <c r="L47" t="s">
+        <v>74</v>
+      </c>
+      <c r="M47" t="s">
+        <v>74</v>
+      </c>
+      <c r="N47" t="s">
+        <v>74</v>
+      </c>
+      <c r="O47" t="s">
+        <v>74</v>
+      </c>
+      <c r="P47" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>74</v>
+      </c>
+      <c r="R47" t="s">
+        <v>74</v>
+      </c>
+      <c r="S47" t="s">
+        <v>74</v>
+      </c>
+      <c r="T47" t="s">
+        <v>74</v>
+      </c>
+      <c r="U47" t="s">
+        <v>74</v>
+      </c>
+      <c r="V47" t="s">
+        <v>74</v>
+      </c>
+      <c r="W47" t="s">
+        <v>74</v>
+      </c>
+      <c r="X47" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AE47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AM47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AU47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BB47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BC47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BE47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BF47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BG47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BH47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BI47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BJ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BK47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BL47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BM47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BN47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BO47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BP47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BQ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BR47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BS47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BT47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BU47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BV47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BW47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BX47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BY47" t="s">
+        <v>74</v>
+      </c>
+      <c r="BZ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CA47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CB47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CC47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CD47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CE47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CF47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CG47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CH47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CI47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CJ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CK47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CL47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CM47" t="s">
+        <v>74</v>
+      </c>
+      <c r="CN47" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="48" spans="1:9">
+    <row r="48" spans="1:92">
       <c r="A48" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="C48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="E48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="F48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="G48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="H48" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="I48" t="s">
-        <v>48</v>
+        <v>75</v>
+      </c>
+      <c r="J48" t="s">
+        <v>75</v>
+      </c>
+      <c r="K48" t="s">
+        <v>75</v>
+      </c>
+      <c r="L48" t="s">
+        <v>75</v>
+      </c>
+      <c r="M48" t="s">
+        <v>75</v>
+      </c>
+      <c r="N48" t="s">
+        <v>75</v>
+      </c>
+      <c r="O48" t="s">
+        <v>75</v>
+      </c>
+      <c r="P48" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>75</v>
+      </c>
+      <c r="R48" t="s">
+        <v>75</v>
+      </c>
+      <c r="S48" t="s">
+        <v>75</v>
+      </c>
+      <c r="T48" t="s">
+        <v>75</v>
+      </c>
+      <c r="U48" t="s">
+        <v>75</v>
+      </c>
+      <c r="V48" t="s">
+        <v>75</v>
+      </c>
+      <c r="W48" t="s">
+        <v>75</v>
+      </c>
+      <c r="X48" t="s">
+        <v>75</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AK48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AS48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AV48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AX48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY48" t="s">
+        <v>75</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BB48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BC48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BI48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BJ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BK48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BL48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BM48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BO48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BP48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BQ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BS48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BT48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BU48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BV48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BW48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BX48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BY48" t="s">
+        <v>75</v>
+      </c>
+      <c r="BZ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CA48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CB48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CC48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CD48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CE48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CF48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CG48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CH48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CI48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CJ48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CK48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CL48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CM48" t="s">
+        <v>75</v>
+      </c>
+      <c r="CN48" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="49" spans="1:9">
+    <row r="49" spans="1:92">
       <c r="A49" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="C49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="D49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="G49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="H49" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="I49" t="s">
-        <v>38</v>
+        <v>76</v>
+      </c>
+      <c r="J49" t="s">
+        <v>76</v>
+      </c>
+      <c r="K49" t="s">
+        <v>76</v>
+      </c>
+      <c r="L49" t="s">
+        <v>76</v>
+      </c>
+      <c r="M49" t="s">
+        <v>76</v>
+      </c>
+      <c r="N49" t="s">
+        <v>76</v>
+      </c>
+      <c r="O49" t="s">
+        <v>76</v>
+      </c>
+      <c r="P49" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>76</v>
+      </c>
+      <c r="R49" t="s">
+        <v>76</v>
+      </c>
+      <c r="S49" t="s">
+        <v>76</v>
+      </c>
+      <c r="T49" t="s">
+        <v>76</v>
+      </c>
+      <c r="U49" t="s">
+        <v>76</v>
+      </c>
+      <c r="V49" t="s">
+        <v>76</v>
+      </c>
+      <c r="W49" t="s">
+        <v>76</v>
+      </c>
+      <c r="X49" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>76</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AE49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AI49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AK49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AL49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AO49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AQ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AS49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AT49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AV49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AW49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AX49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AY49" t="s">
+        <v>76</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BB49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BJ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BK49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BL49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BM49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BO49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BP49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BQ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BR49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BS49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BT49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BU49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BV49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BW49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BX49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BY49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BZ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CA49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CB49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CC49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CD49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CE49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CF49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CG49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CH49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CI49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CJ49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CK49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CL49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CM49" t="s">
+        <v>76</v>
+      </c>
+      <c r="CN49" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="50" spans="1:9">
+    <row r="50" spans="1:92">
       <c r="A50" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="C50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="D50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="E50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="F50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="G50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="H50" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="I50" t="s">
-        <v>49</v>
+        <v>77</v>
+      </c>
+      <c r="J50" t="s">
+        <v>77</v>
+      </c>
+      <c r="K50" t="s">
+        <v>77</v>
+      </c>
+      <c r="L50" t="s">
+        <v>77</v>
+      </c>
+      <c r="M50" t="s">
+        <v>77</v>
+      </c>
+      <c r="N50" t="s">
+        <v>77</v>
+      </c>
+      <c r="O50" t="s">
+        <v>77</v>
+      </c>
+      <c r="P50" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>77</v>
+      </c>
+      <c r="R50" t="s">
+        <v>77</v>
+      </c>
+      <c r="S50" t="s">
+        <v>77</v>
+      </c>
+      <c r="T50" t="s">
+        <v>77</v>
+      </c>
+      <c r="U50" t="s">
+        <v>77</v>
+      </c>
+      <c r="V50" t="s">
+        <v>77</v>
+      </c>
+      <c r="W50" t="s">
+        <v>77</v>
+      </c>
+      <c r="X50" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AI50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AJ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AK50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AL50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AO50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AT50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AV50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AW50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AX50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AY50" t="s">
+        <v>77</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BA50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BB50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BC50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BD50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BI50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BJ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BK50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BL50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BM50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BP50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BQ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BR50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BS50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BT50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BU50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BV50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BW50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BX50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BY50" t="s">
+        <v>77</v>
+      </c>
+      <c r="BZ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CA50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CB50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CC50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CD50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CE50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CF50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CG50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CH50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CI50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CJ50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CK50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CL50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CM50" t="s">
+        <v>77</v>
+      </c>
+      <c r="CN50" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="51" spans="1:9">
+    <row r="51" spans="1:92">
       <c r="A51" s="3" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
+      <c r="V51" s="3"/>
+      <c r="W51" s="3"/>
+      <c r="X51" s="3"/>
+      <c r="Y51" s="3"/>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="3"/>
+      <c r="AC51" s="3"/>
+      <c r="AD51" s="3"/>
+      <c r="AE51" s="3"/>
+      <c r="AF51" s="3"/>
+      <c r="AG51" s="3"/>
+      <c r="AH51" s="3"/>
+      <c r="AI51" s="3"/>
+      <c r="AJ51" s="3"/>
+      <c r="AK51" s="3"/>
+      <c r="AL51" s="3"/>
+      <c r="AM51" s="3"/>
+      <c r="AN51" s="3"/>
+      <c r="AO51" s="3"/>
+      <c r="AP51" s="3"/>
+      <c r="AQ51" s="3"/>
+      <c r="AR51" s="3"/>
+      <c r="AS51" s="3"/>
+      <c r="AT51" s="3"/>
+      <c r="AU51" s="3"/>
+      <c r="AV51" s="3"/>
+      <c r="AW51" s="3"/>
+      <c r="AX51" s="3"/>
+      <c r="AY51" s="3"/>
+      <c r="AZ51" s="3"/>
+      <c r="BA51" s="3"/>
+      <c r="BB51" s="3"/>
+      <c r="BC51" s="3"/>
+      <c r="BD51" s="3"/>
+      <c r="BE51" s="3"/>
+      <c r="BF51" s="3"/>
+      <c r="BG51" s="3"/>
+      <c r="BH51" s="3"/>
+      <c r="BI51" s="3"/>
+      <c r="BJ51" s="3"/>
+      <c r="BK51" s="3"/>
+      <c r="BL51" s="3"/>
+      <c r="BM51" s="3"/>
+      <c r="BN51" s="3"/>
+      <c r="BO51" s="3"/>
+      <c r="BP51" s="3"/>
+      <c r="BQ51" s="3"/>
+      <c r="BR51" s="3"/>
+      <c r="BS51" s="3"/>
+      <c r="BT51" s="3"/>
+      <c r="BU51" s="3"/>
+      <c r="BV51" s="3"/>
+      <c r="BW51" s="3"/>
+      <c r="BX51" s="3"/>
+      <c r="BY51" s="3"/>
+      <c r="BZ51" s="3"/>
+      <c r="CA51" s="3"/>
+      <c r="CB51" s="3"/>
+      <c r="CC51" s="3"/>
+      <c r="CD51" s="3"/>
+      <c r="CE51" s="3"/>
+      <c r="CF51" s="3"/>
+      <c r="CG51" s="3"/>
+      <c r="CH51" s="3"/>
+      <c r="CI51" s="3"/>
+      <c r="CJ51" s="3"/>
+      <c r="CK51" s="3"/>
+      <c r="CL51" s="3"/>
+      <c r="CM51" s="3"/>
+      <c r="CN51" s="3"/>
     </row>
-    <row r="52" spans="1:9">
+    <row r="52" spans="1:92">
       <c r="A52" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="C52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="F52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="G52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="H52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="I52" t="s">
-        <v>9</v>
+        <v>79</v>
+      </c>
+      <c r="J52" t="s">
+        <v>79</v>
+      </c>
+      <c r="K52" t="s">
+        <v>79</v>
+      </c>
+      <c r="L52" t="s">
+        <v>79</v>
+      </c>
+      <c r="M52" t="s">
+        <v>79</v>
+      </c>
+      <c r="N52" t="s">
+        <v>79</v>
+      </c>
+      <c r="O52" t="s">
+        <v>79</v>
+      </c>
+      <c r="P52" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>79</v>
+      </c>
+      <c r="R52" t="s">
+        <v>79</v>
+      </c>
+      <c r="S52" t="s">
+        <v>79</v>
+      </c>
+      <c r="T52" t="s">
+        <v>79</v>
+      </c>
+      <c r="U52" t="s">
+        <v>79</v>
+      </c>
+      <c r="V52" t="s">
+        <v>79</v>
+      </c>
+      <c r="W52" t="s">
+        <v>79</v>
+      </c>
+      <c r="X52" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AT52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AW52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AX52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>79</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BA52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BB52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BC52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BD52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BE52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BF52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BI52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BJ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BK52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BL52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BM52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BP52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BQ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BR52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BS52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BT52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BU52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BV52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BW52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BX52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BY52" t="s">
+        <v>79</v>
+      </c>
+      <c r="BZ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CA52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CB52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CC52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CD52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CE52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CF52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CG52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CH52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CI52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CJ52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CK52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CL52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CM52" t="s">
+        <v>79</v>
+      </c>
+      <c r="CN52" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="53" spans="1:9">
+    <row r="53" spans="1:92">
       <c r="A53" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="C53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="E53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="G53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="H53" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="I53" t="s">
-        <v>47</v>
+        <v>74</v>
+      </c>
+      <c r="J53" t="s">
+        <v>74</v>
+      </c>
+      <c r="K53" t="s">
+        <v>74</v>
+      </c>
+      <c r="L53" t="s">
+        <v>74</v>
+      </c>
+      <c r="M53" t="s">
+        <v>74</v>
+      </c>
+      <c r="N53" t="s">
+        <v>74</v>
+      </c>
+      <c r="O53" t="s">
+        <v>74</v>
+      </c>
+      <c r="P53" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>74</v>
+      </c>
+      <c r="R53" t="s">
+        <v>74</v>
+      </c>
+      <c r="S53" t="s">
+        <v>74</v>
+      </c>
+      <c r="T53" t="s">
+        <v>74</v>
+      </c>
+      <c r="U53" t="s">
+        <v>74</v>
+      </c>
+      <c r="V53" t="s">
+        <v>74</v>
+      </c>
+      <c r="W53" t="s">
+        <v>74</v>
+      </c>
+      <c r="X53" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AD53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AG53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AJ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AO53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AT53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AU53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AV53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AW53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AX53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AY53" t="s">
+        <v>74</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BB53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BC53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BE53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BG53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BH53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BI53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BJ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BK53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BL53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BM53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BN53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BO53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BP53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BQ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BR53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BS53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BT53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BU53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BV53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BW53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BX53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BY53" t="s">
+        <v>74</v>
+      </c>
+      <c r="BZ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CA53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CB53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CC53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CD53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CE53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CF53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CG53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CH53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CI53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CJ53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CK53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CL53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CM53" t="s">
+        <v>74</v>
+      </c>
+      <c r="CN53" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="54" spans="1:9">
+    <row r="54" spans="1:92">
       <c r="A54" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="C54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="E54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="F54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="G54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="H54" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="I54" t="s">
-        <v>51</v>
+        <v>80</v>
+      </c>
+      <c r="J54" t="s">
+        <v>80</v>
+      </c>
+      <c r="K54" t="s">
+        <v>80</v>
+      </c>
+      <c r="L54" t="s">
+        <v>80</v>
+      </c>
+      <c r="M54" t="s">
+        <v>80</v>
+      </c>
+      <c r="N54" t="s">
+        <v>80</v>
+      </c>
+      <c r="O54" t="s">
+        <v>80</v>
+      </c>
+      <c r="P54" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>80</v>
+      </c>
+      <c r="R54" t="s">
+        <v>80</v>
+      </c>
+      <c r="S54" t="s">
+        <v>80</v>
+      </c>
+      <c r="T54" t="s">
+        <v>80</v>
+      </c>
+      <c r="U54" t="s">
+        <v>80</v>
+      </c>
+      <c r="V54" t="s">
+        <v>80</v>
+      </c>
+      <c r="W54" t="s">
+        <v>80</v>
+      </c>
+      <c r="X54" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AG54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AH54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AI54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AS54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AT54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AU54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AX54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AY54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BB54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BC54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BD54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BE54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BF54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BG54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BH54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BI54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BJ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BK54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BL54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BM54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BN54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BO54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BP54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BR54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BS54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BT54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BU54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BV54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BW54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BX54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BY54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BZ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CA54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CB54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CC54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CD54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CE54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CF54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CG54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CH54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CI54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CJ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CK54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CL54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CM54" t="s">
+        <v>80</v>
+      </c>
+      <c r="CN54" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="55" spans="1:9">
+    <row r="55" spans="1:92">
       <c r="A55" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="C55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="D55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="E55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="F55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="G55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="H55" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I55" t="s">
-        <v>28</v>
+        <v>81</v>
+      </c>
+      <c r="J55" t="s">
+        <v>81</v>
+      </c>
+      <c r="K55" t="s">
+        <v>81</v>
+      </c>
+      <c r="L55" t="s">
+        <v>81</v>
+      </c>
+      <c r="M55" t="s">
+        <v>81</v>
+      </c>
+      <c r="N55" t="s">
+        <v>81</v>
+      </c>
+      <c r="O55" t="s">
+        <v>81</v>
+      </c>
+      <c r="P55" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>81</v>
+      </c>
+      <c r="R55" t="s">
+        <v>81</v>
+      </c>
+      <c r="S55" t="s">
+        <v>81</v>
+      </c>
+      <c r="T55" t="s">
+        <v>81</v>
+      </c>
+      <c r="U55" t="s">
+        <v>81</v>
+      </c>
+      <c r="V55" t="s">
+        <v>81</v>
+      </c>
+      <c r="W55" t="s">
+        <v>81</v>
+      </c>
+      <c r="X55" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AI55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AL55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AM55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AO55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AT55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AV55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AW55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AX55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AY55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BC55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BD55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BE55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BG55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BH55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BI55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BK55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BN55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BO55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BP55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BQ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BR55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BS55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BT55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BU55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BV55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BW55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BX55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BY55" t="s">
+        <v>81</v>
+      </c>
+      <c r="BZ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CA55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CB55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CC55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CD55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CE55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CF55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CG55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CH55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CI55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CJ55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CK55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CL55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CM55" t="s">
+        <v>81</v>
+      </c>
+      <c r="CN55" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="56" spans="1:9">
+    <row r="56" spans="1:92">
       <c r="A56" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="C56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="D56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="E56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="F56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="G56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="H56" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="I56" t="s">
-        <v>49</v>
+        <v>77</v>
+      </c>
+      <c r="J56" t="s">
+        <v>77</v>
+      </c>
+      <c r="K56" t="s">
+        <v>77</v>
+      </c>
+      <c r="L56" t="s">
+        <v>77</v>
+      </c>
+      <c r="M56" t="s">
+        <v>77</v>
+      </c>
+      <c r="N56" t="s">
+        <v>77</v>
+      </c>
+      <c r="O56" t="s">
+        <v>77</v>
+      </c>
+      <c r="P56" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>77</v>
+      </c>
+      <c r="R56" t="s">
+        <v>77</v>
+      </c>
+      <c r="S56" t="s">
+        <v>77</v>
+      </c>
+      <c r="T56" t="s">
+        <v>77</v>
+      </c>
+      <c r="U56" t="s">
+        <v>77</v>
+      </c>
+      <c r="V56" t="s">
+        <v>77</v>
+      </c>
+      <c r="W56" t="s">
+        <v>77</v>
+      </c>
+      <c r="X56" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AE56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AH56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AI56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AJ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AO56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AT56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AV56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AW56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AX56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AY56" t="s">
+        <v>77</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BB56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BC56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BD56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BH56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BI56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BJ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BK56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BL56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BM56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BO56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BP56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BQ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BR56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BS56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BT56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BU56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BV56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BW56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BX56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BY56" t="s">
+        <v>77</v>
+      </c>
+      <c r="BZ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CA56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CB56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CC56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CD56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CE56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CF56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CG56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CH56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CI56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CJ56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CK56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CL56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CM56" t="s">
+        <v>77</v>
+      </c>
+      <c r="CN56" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="57" spans="1:9">
+    <row r="57" spans="1:92">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
       <c r="I57" s="4"/>
+      <c r="J57" s="4"/>
+      <c r="K57" s="4"/>
+      <c r="L57" s="4"/>
+      <c r="M57" s="4"/>
+      <c r="N57" s="4"/>
+      <c r="O57" s="4"/>
+      <c r="P57" s="4"/>
+      <c r="Q57" s="4"/>
+      <c r="R57" s="4"/>
+      <c r="S57" s="4"/>
+      <c r="T57" s="4"/>
+      <c r="U57" s="4"/>
+      <c r="V57" s="4"/>
+      <c r="W57" s="4"/>
+      <c r="X57" s="4"/>
+      <c r="Y57" s="4"/>
+      <c r="Z57" s="4"/>
+      <c r="AA57" s="4"/>
+      <c r="AB57" s="4"/>
+      <c r="AC57" s="4"/>
+      <c r="AD57" s="4"/>
+      <c r="AE57" s="4"/>
+      <c r="AF57" s="4"/>
+      <c r="AG57" s="4"/>
+      <c r="AH57" s="4"/>
+      <c r="AI57" s="4"/>
+      <c r="AJ57" s="4"/>
+      <c r="AK57" s="4"/>
+      <c r="AL57" s="4"/>
+      <c r="AM57" s="4"/>
+      <c r="AN57" s="4"/>
+      <c r="AO57" s="4"/>
+      <c r="AP57" s="4"/>
+      <c r="AQ57" s="4"/>
+      <c r="AR57" s="4"/>
+      <c r="AS57" s="4"/>
+      <c r="AT57" s="4"/>
+      <c r="AU57" s="4"/>
+      <c r="AV57" s="4"/>
+      <c r="AW57" s="4"/>
+      <c r="AX57" s="4"/>
+      <c r="AY57" s="4"/>
+      <c r="AZ57" s="4"/>
+      <c r="BA57" s="4"/>
+      <c r="BB57" s="4"/>
+      <c r="BC57" s="4"/>
+      <c r="BD57" s="4"/>
+      <c r="BE57" s="4"/>
+      <c r="BF57" s="4"/>
+      <c r="BG57" s="4"/>
+      <c r="BH57" s="4"/>
+      <c r="BI57" s="4"/>
+      <c r="BJ57" s="4"/>
+      <c r="BK57" s="4"/>
+      <c r="BL57" s="4"/>
+      <c r="BM57" s="4"/>
+      <c r="BN57" s="4"/>
+      <c r="BO57" s="4"/>
+      <c r="BP57" s="4"/>
+      <c r="BQ57" s="4"/>
+      <c r="BR57" s="4"/>
+      <c r="BS57" s="4"/>
+      <c r="BT57" s="4"/>
+      <c r="BU57" s="4"/>
+      <c r="BV57" s="4"/>
+      <c r="BW57" s="4"/>
+      <c r="BX57" s="4"/>
+      <c r="BY57" s="4"/>
+      <c r="BZ57" s="4"/>
+      <c r="CA57" s="4"/>
+      <c r="CB57" s="4"/>
+      <c r="CC57" s="4"/>
+      <c r="CD57" s="4"/>
+      <c r="CE57" s="4"/>
+      <c r="CF57" s="4"/>
+      <c r="CG57" s="4"/>
+      <c r="CH57" s="4"/>
+      <c r="CI57" s="4"/>
+      <c r="CJ57" s="4"/>
+      <c r="CK57" s="4"/>
+      <c r="CL57" s="4"/>
+      <c r="CM57" s="4"/>
+      <c r="CN57" s="4"/>
     </row>
-    <row r="58" spans="1:9">
+    <row r="58" spans="1:92">
       <c r="A58" s="2" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+      <c r="L58" s="2"/>
+      <c r="M58" s="2"/>
+      <c r="N58" s="2"/>
+      <c r="O58" s="2"/>
+      <c r="P58" s="2"/>
+      <c r="Q58" s="2"/>
+      <c r="R58" s="2"/>
+      <c r="S58" s="2"/>
+      <c r="T58" s="2"/>
+      <c r="U58" s="2"/>
+      <c r="V58" s="2"/>
+      <c r="W58" s="2"/>
+      <c r="X58" s="2"/>
+      <c r="Y58" s="2"/>
+      <c r="Z58" s="2"/>
+      <c r="AA58" s="2"/>
+      <c r="AB58" s="2"/>
+      <c r="AC58" s="2"/>
+      <c r="AD58" s="2"/>
+      <c r="AE58" s="2"/>
+      <c r="AF58" s="2"/>
+      <c r="AG58" s="2"/>
+      <c r="AH58" s="2"/>
+      <c r="AI58" s="2"/>
+      <c r="AJ58" s="2"/>
+      <c r="AK58" s="2"/>
+      <c r="AL58" s="2"/>
+      <c r="AM58" s="2"/>
+      <c r="AN58" s="2"/>
+      <c r="AO58" s="2"/>
+      <c r="AP58" s="2"/>
+      <c r="AQ58" s="2"/>
+      <c r="AR58" s="2"/>
+      <c r="AS58" s="2"/>
+      <c r="AT58" s="2"/>
+      <c r="AU58" s="2"/>
+      <c r="AV58" s="2"/>
+      <c r="AW58" s="2"/>
+      <c r="AX58" s="2"/>
+      <c r="AY58" s="2"/>
+      <c r="AZ58" s="2"/>
+      <c r="BA58" s="2"/>
+      <c r="BB58" s="2"/>
+      <c r="BC58" s="2"/>
+      <c r="BD58" s="2"/>
+      <c r="BE58" s="2"/>
+      <c r="BF58" s="2"/>
+      <c r="BG58" s="2"/>
+      <c r="BH58" s="2"/>
+      <c r="BI58" s="2"/>
+      <c r="BJ58" s="2"/>
+      <c r="BK58" s="2"/>
+      <c r="BL58" s="2"/>
+      <c r="BM58" s="2"/>
+      <c r="BN58" s="2"/>
+      <c r="BO58" s="2"/>
+      <c r="BP58" s="2"/>
+      <c r="BQ58" s="2"/>
+      <c r="BR58" s="2"/>
+      <c r="BS58" s="2"/>
+      <c r="BT58" s="2"/>
+      <c r="BU58" s="2"/>
+      <c r="BV58" s="2"/>
+      <c r="BW58" s="2"/>
+      <c r="BX58" s="2"/>
+      <c r="BY58" s="2"/>
+      <c r="BZ58" s="2"/>
+      <c r="CA58" s="2"/>
+      <c r="CB58" s="2"/>
+      <c r="CC58" s="2"/>
+      <c r="CD58" s="2"/>
+      <c r="CE58" s="2"/>
+      <c r="CF58" s="2"/>
+      <c r="CG58" s="2"/>
+      <c r="CH58" s="2"/>
+      <c r="CI58" s="2"/>
+      <c r="CJ58" s="2"/>
+      <c r="CK58" s="2"/>
+      <c r="CL58" s="2"/>
+      <c r="CM58" s="2"/>
+      <c r="CN58" s="2"/>
     </row>
-    <row r="59" spans="1:9">
+    <row r="59" spans="1:92">
       <c r="A59" s="3" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="3"/>
+      <c r="N59" s="3"/>
+      <c r="O59" s="3"/>
+      <c r="P59" s="3"/>
+      <c r="Q59" s="3"/>
+      <c r="R59" s="3"/>
+      <c r="S59" s="3"/>
+      <c r="T59" s="3"/>
+      <c r="U59" s="3"/>
+      <c r="V59" s="3"/>
+      <c r="W59" s="3"/>
+      <c r="X59" s="3"/>
+      <c r="Y59" s="3"/>
+      <c r="Z59" s="3"/>
+      <c r="AA59" s="3"/>
+      <c r="AB59" s="3"/>
+      <c r="AC59" s="3"/>
+      <c r="AD59" s="3"/>
+      <c r="AE59" s="3"/>
+      <c r="AF59" s="3"/>
+      <c r="AG59" s="3"/>
+      <c r="AH59" s="3"/>
+      <c r="AI59" s="3"/>
+      <c r="AJ59" s="3"/>
+      <c r="AK59" s="3"/>
+      <c r="AL59" s="3"/>
+      <c r="AM59" s="3"/>
+      <c r="AN59" s="3"/>
+      <c r="AO59" s="3"/>
+      <c r="AP59" s="3"/>
+      <c r="AQ59" s="3"/>
+      <c r="AR59" s="3"/>
+      <c r="AS59" s="3"/>
+      <c r="AT59" s="3"/>
+      <c r="AU59" s="3"/>
+      <c r="AV59" s="3"/>
+      <c r="AW59" s="3"/>
+      <c r="AX59" s="3"/>
+      <c r="AY59" s="3"/>
+      <c r="AZ59" s="3"/>
+      <c r="BA59" s="3"/>
+      <c r="BB59" s="3"/>
+      <c r="BC59" s="3"/>
+      <c r="BD59" s="3"/>
+      <c r="BE59" s="3"/>
+      <c r="BF59" s="3"/>
+      <c r="BG59" s="3"/>
+      <c r="BH59" s="3"/>
+      <c r="BI59" s="3"/>
+      <c r="BJ59" s="3"/>
+      <c r="BK59" s="3"/>
+      <c r="BL59" s="3"/>
+      <c r="BM59" s="3"/>
+      <c r="BN59" s="3"/>
+      <c r="BO59" s="3"/>
+      <c r="BP59" s="3"/>
+      <c r="BQ59" s="3"/>
+      <c r="BR59" s="3"/>
+      <c r="BS59" s="3"/>
+      <c r="BT59" s="3"/>
+      <c r="BU59" s="3"/>
+      <c r="BV59" s="3"/>
+      <c r="BW59" s="3"/>
+      <c r="BX59" s="3"/>
+      <c r="BY59" s="3"/>
+      <c r="BZ59" s="3"/>
+      <c r="CA59" s="3"/>
+      <c r="CB59" s="3"/>
+      <c r="CC59" s="3"/>
+      <c r="CD59" s="3"/>
+      <c r="CE59" s="3"/>
+      <c r="CF59" s="3"/>
+      <c r="CG59" s="3"/>
+      <c r="CH59" s="3"/>
+      <c r="CI59" s="3"/>
+      <c r="CJ59" s="3"/>
+      <c r="CK59" s="3"/>
+      <c r="CL59" s="3"/>
+      <c r="CM59" s="3"/>
+      <c r="CN59" s="3"/>
     </row>
-    <row r="60" spans="1:9">
+    <row r="60" spans="1:92">
       <c r="A60" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="C60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="D60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="E60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="F60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H60" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="I60" t="s">
-        <v>54</v>
+        <v>84</v>
+      </c>
+      <c r="J60" t="s">
+        <v>84</v>
+      </c>
+      <c r="K60" t="s">
+        <v>84</v>
+      </c>
+      <c r="L60" t="s">
+        <v>84</v>
+      </c>
+      <c r="M60" t="s">
+        <v>84</v>
+      </c>
+      <c r="N60" t="s">
+        <v>84</v>
+      </c>
+      <c r="O60" t="s">
+        <v>84</v>
+      </c>
+      <c r="P60" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>84</v>
+      </c>
+      <c r="R60" t="s">
+        <v>84</v>
+      </c>
+      <c r="S60" t="s">
+        <v>84</v>
+      </c>
+      <c r="T60" t="s">
+        <v>84</v>
+      </c>
+      <c r="U60" t="s">
+        <v>84</v>
+      </c>
+      <c r="V60" t="s">
+        <v>84</v>
+      </c>
+      <c r="W60" t="s">
+        <v>84</v>
+      </c>
+      <c r="X60" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AU60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AV60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AW60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY60" t="s">
+        <v>84</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BH60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BK60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BL60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BM60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BN60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BO60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BP60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BQ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BR60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BS60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BT60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BU60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BV60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BW60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BX60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BY60" t="s">
+        <v>84</v>
+      </c>
+      <c r="BZ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CA60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CB60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CC60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CD60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CE60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CF60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CG60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CH60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CI60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CJ60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CK60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CL60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CM60" t="s">
+        <v>84</v>
+      </c>
+      <c r="CN60" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="61" spans="1:9">
+    <row r="61" spans="1:92">
       <c r="A61" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="H61" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="I61" t="s">
-        <v>13</v>
+        <v>40</v>
+      </c>
+      <c r="J61" t="s">
+        <v>40</v>
+      </c>
+      <c r="K61" t="s">
+        <v>40</v>
+      </c>
+      <c r="L61" t="s">
+        <v>40</v>
+      </c>
+      <c r="M61" t="s">
+        <v>40</v>
+      </c>
+      <c r="N61" t="s">
+        <v>40</v>
+      </c>
+      <c r="O61" t="s">
+        <v>40</v>
+      </c>
+      <c r="P61" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>40</v>
+      </c>
+      <c r="R61" t="s">
+        <v>40</v>
+      </c>
+      <c r="S61" t="s">
+        <v>40</v>
+      </c>
+      <c r="T61" t="s">
+        <v>40</v>
+      </c>
+      <c r="U61" t="s">
+        <v>40</v>
+      </c>
+      <c r="V61" t="s">
+        <v>40</v>
+      </c>
+      <c r="W61" t="s">
+        <v>40</v>
+      </c>
+      <c r="X61" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AS61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AU61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AW61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY61" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BC61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BE61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BG61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BI61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BK61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BM61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BO61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BQ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BS61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BU61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BW61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BY61" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CA61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CC61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CE61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CG61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CI61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CK61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CM61" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN61" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="62" spans="1:9">
+    <row r="62" spans="1:92">
       <c r="A62" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="C62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="D62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="E62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="F62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="G62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="H62" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="I62" t="s">
-        <v>55</v>
+        <v>85</v>
+      </c>
+      <c r="J62" t="s">
+        <v>85</v>
+      </c>
+      <c r="K62" t="s">
+        <v>85</v>
+      </c>
+      <c r="L62" t="s">
+        <v>85</v>
+      </c>
+      <c r="M62" t="s">
+        <v>85</v>
+      </c>
+      <c r="N62" t="s">
+        <v>85</v>
+      </c>
+      <c r="O62" t="s">
+        <v>85</v>
+      </c>
+      <c r="P62" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>85</v>
+      </c>
+      <c r="R62" t="s">
+        <v>85</v>
+      </c>
+      <c r="S62" t="s">
+        <v>85</v>
+      </c>
+      <c r="T62" t="s">
+        <v>85</v>
+      </c>
+      <c r="U62" t="s">
+        <v>85</v>
+      </c>
+      <c r="V62" t="s">
+        <v>85</v>
+      </c>
+      <c r="W62" t="s">
+        <v>85</v>
+      </c>
+      <c r="X62" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AH62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AI62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AO62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AU62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AW62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AX62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BE62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BF62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BG62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BH62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BI62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BK62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BL62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BM62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BN62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BO62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BP62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BQ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BR62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BS62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BT62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BU62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BV62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BW62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BX62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BY62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BZ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CB62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CC62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CD62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CE62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CF62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CG62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CH62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CI62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CJ62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CK62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CL62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CM62" t="s">
+        <v>85</v>
+      </c>
+      <c r="CN62" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="63" spans="1:9">
+    <row r="63" spans="1:92">
       <c r="A63" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="C63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="E63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="G63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="H63" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="I63" t="s">
-        <v>9</v>
+        <v>86</v>
+      </c>
+      <c r="J63" t="s">
+        <v>86</v>
+      </c>
+      <c r="K63" t="s">
+        <v>86</v>
+      </c>
+      <c r="L63" t="s">
+        <v>86</v>
+      </c>
+      <c r="M63" t="s">
+        <v>86</v>
+      </c>
+      <c r="N63" t="s">
+        <v>86</v>
+      </c>
+      <c r="O63" t="s">
+        <v>86</v>
+      </c>
+      <c r="P63" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>86</v>
+      </c>
+      <c r="R63" t="s">
+        <v>86</v>
+      </c>
+      <c r="S63" t="s">
+        <v>86</v>
+      </c>
+      <c r="T63" t="s">
+        <v>86</v>
+      </c>
+      <c r="U63" t="s">
+        <v>86</v>
+      </c>
+      <c r="V63" t="s">
+        <v>86</v>
+      </c>
+      <c r="W63" t="s">
+        <v>86</v>
+      </c>
+      <c r="X63" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AG63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AH63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AI63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AJ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AN63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AO63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AS63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AT63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AU63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AV63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AW63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AX63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AY63" t="s">
+        <v>86</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BA63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BE63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BG63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BH63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BI63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BL63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BM63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BN63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BO63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BP63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BQ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BR63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BS63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BT63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BU63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BV63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BW63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BX63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BY63" t="s">
+        <v>86</v>
+      </c>
+      <c r="BZ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CA63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CB63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CC63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CD63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CE63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CF63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CG63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CH63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CI63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CJ63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CK63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CL63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CM63" t="s">
+        <v>86</v>
+      </c>
+      <c r="CN63" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="64" spans="1:9">
+    <row r="64" spans="1:92">
       <c r="A64" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="F64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H64" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="I64" t="s">
-        <v>17</v>
+        <v>44</v>
+      </c>
+      <c r="J64" t="s">
+        <v>44</v>
+      </c>
+      <c r="K64" t="s">
+        <v>44</v>
+      </c>
+      <c r="L64" t="s">
+        <v>44</v>
+      </c>
+      <c r="M64" t="s">
+        <v>44</v>
+      </c>
+      <c r="N64" t="s">
+        <v>44</v>
+      </c>
+      <c r="O64" t="s">
+        <v>44</v>
+      </c>
+      <c r="P64" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>44</v>
+      </c>
+      <c r="R64" t="s">
+        <v>44</v>
+      </c>
+      <c r="S64" t="s">
+        <v>44</v>
+      </c>
+      <c r="T64" t="s">
+        <v>44</v>
+      </c>
+      <c r="U64" t="s">
+        <v>44</v>
+      </c>
+      <c r="V64" t="s">
+        <v>44</v>
+      </c>
+      <c r="W64" t="s">
+        <v>44</v>
+      </c>
+      <c r="X64" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY64" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BG64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BH64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BI64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BJ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BK64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BL64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BM64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BN64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BO64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BP64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BQ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BR64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BS64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BT64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BU64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BV64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BW64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BX64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BY64" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CA64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CB64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CC64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CD64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CE64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CF64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CG64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CH64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CI64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CJ64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CK64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CL64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CM64" t="s">
+        <v>44</v>
+      </c>
+      <c r="CN64" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="65" spans="1:9">
+    <row r="65" spans="1:92">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
+      <c r="J65" s="4"/>
+      <c r="K65" s="4"/>
+      <c r="L65" s="4"/>
+      <c r="M65" s="4"/>
+      <c r="N65" s="4"/>
+      <c r="O65" s="4"/>
+      <c r="P65" s="4"/>
+      <c r="Q65" s="4"/>
+      <c r="R65" s="4"/>
+      <c r="S65" s="4"/>
+      <c r="T65" s="4"/>
+      <c r="U65" s="4"/>
+      <c r="V65" s="4"/>
+      <c r="W65" s="4"/>
+      <c r="X65" s="4"/>
+      <c r="Y65" s="4"/>
+      <c r="Z65" s="4"/>
+      <c r="AA65" s="4"/>
+      <c r="AB65" s="4"/>
+      <c r="AC65" s="4"/>
+      <c r="AD65" s="4"/>
+      <c r="AE65" s="4"/>
+      <c r="AF65" s="4"/>
+      <c r="AG65" s="4"/>
+      <c r="AH65" s="4"/>
+      <c r="AI65" s="4"/>
+      <c r="AJ65" s="4"/>
+      <c r="AK65" s="4"/>
+      <c r="AL65" s="4"/>
+      <c r="AM65" s="4"/>
+      <c r="AN65" s="4"/>
+      <c r="AO65" s="4"/>
+      <c r="AP65" s="4"/>
+      <c r="AQ65" s="4"/>
+      <c r="AR65" s="4"/>
+      <c r="AS65" s="4"/>
+      <c r="AT65" s="4"/>
+      <c r="AU65" s="4"/>
+      <c r="AV65" s="4"/>
+      <c r="AW65" s="4"/>
+      <c r="AX65" s="4"/>
+      <c r="AY65" s="4"/>
+      <c r="AZ65" s="4"/>
+      <c r="BA65" s="4"/>
+      <c r="BB65" s="4"/>
+      <c r="BC65" s="4"/>
+      <c r="BD65" s="4"/>
+      <c r="BE65" s="4"/>
+      <c r="BF65" s="4"/>
+      <c r="BG65" s="4"/>
+      <c r="BH65" s="4"/>
+      <c r="BI65" s="4"/>
+      <c r="BJ65" s="4"/>
+      <c r="BK65" s="4"/>
+      <c r="BL65" s="4"/>
+      <c r="BM65" s="4"/>
+      <c r="BN65" s="4"/>
+      <c r="BO65" s="4"/>
+      <c r="BP65" s="4"/>
+      <c r="BQ65" s="4"/>
+      <c r="BR65" s="4"/>
+      <c r="BS65" s="4"/>
+      <c r="BT65" s="4"/>
+      <c r="BU65" s="4"/>
+      <c r="BV65" s="4"/>
+      <c r="BW65" s="4"/>
+      <c r="BX65" s="4"/>
+      <c r="BY65" s="4"/>
+      <c r="BZ65" s="4"/>
+      <c r="CA65" s="4"/>
+      <c r="CB65" s="4"/>
+      <c r="CC65" s="4"/>
+      <c r="CD65" s="4"/>
+      <c r="CE65" s="4"/>
+      <c r="CF65" s="4"/>
+      <c r="CG65" s="4"/>
+      <c r="CH65" s="4"/>
+      <c r="CI65" s="4"/>
+      <c r="CJ65" s="4"/>
+      <c r="CK65" s="4"/>
+      <c r="CL65" s="4"/>
+      <c r="CM65" s="4"/>
+      <c r="CN65" s="4"/>
     </row>
-    <row r="66" spans="1:9">
+    <row r="66" spans="1:92">
       <c r="A66" s="2" t="s">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
+      <c r="J66" s="2"/>
+      <c r="K66" s="2"/>
+      <c r="L66" s="2"/>
+      <c r="M66" s="2"/>
+      <c r="N66" s="2"/>
+      <c r="O66" s="2"/>
+      <c r="P66" s="2"/>
+      <c r="Q66" s="2"/>
+      <c r="R66" s="2"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
+      <c r="U66" s="2"/>
+      <c r="V66" s="2"/>
+      <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
+      <c r="Y66" s="2"/>
+      <c r="Z66" s="2"/>
+      <c r="AA66" s="2"/>
+      <c r="AB66" s="2"/>
+      <c r="AC66" s="2"/>
+      <c r="AD66" s="2"/>
+      <c r="AE66" s="2"/>
+      <c r="AF66" s="2"/>
+      <c r="AG66" s="2"/>
+      <c r="AH66" s="2"/>
+      <c r="AI66" s="2"/>
+      <c r="AJ66" s="2"/>
+      <c r="AK66" s="2"/>
+      <c r="AL66" s="2"/>
+      <c r="AM66" s="2"/>
+      <c r="AN66" s="2"/>
+      <c r="AO66" s="2"/>
+      <c r="AP66" s="2"/>
+      <c r="AQ66" s="2"/>
+      <c r="AR66" s="2"/>
+      <c r="AS66" s="2"/>
+      <c r="AT66" s="2"/>
+      <c r="AU66" s="2"/>
+      <c r="AV66" s="2"/>
+      <c r="AW66" s="2"/>
+      <c r="AX66" s="2"/>
+      <c r="AY66" s="2"/>
+      <c r="AZ66" s="2"/>
+      <c r="BA66" s="2"/>
+      <c r="BB66" s="2"/>
+      <c r="BC66" s="2"/>
+      <c r="BD66" s="2"/>
+      <c r="BE66" s="2"/>
+      <c r="BF66" s="2"/>
+      <c r="BG66" s="2"/>
+      <c r="BH66" s="2"/>
+      <c r="BI66" s="2"/>
+      <c r="BJ66" s="2"/>
+      <c r="BK66" s="2"/>
+      <c r="BL66" s="2"/>
+      <c r="BM66" s="2"/>
+      <c r="BN66" s="2"/>
+      <c r="BO66" s="2"/>
+      <c r="BP66" s="2"/>
+      <c r="BQ66" s="2"/>
+      <c r="BR66" s="2"/>
+      <c r="BS66" s="2"/>
+      <c r="BT66" s="2"/>
+      <c r="BU66" s="2"/>
+      <c r="BV66" s="2"/>
+      <c r="BW66" s="2"/>
+      <c r="BX66" s="2"/>
+      <c r="BY66" s="2"/>
+      <c r="BZ66" s="2"/>
+      <c r="CA66" s="2"/>
+      <c r="CB66" s="2"/>
+      <c r="CC66" s="2"/>
+      <c r="CD66" s="2"/>
+      <c r="CE66" s="2"/>
+      <c r="CF66" s="2"/>
+      <c r="CG66" s="2"/>
+      <c r="CH66" s="2"/>
+      <c r="CI66" s="2"/>
+      <c r="CJ66" s="2"/>
+      <c r="CK66" s="2"/>
+      <c r="CL66" s="2"/>
+      <c r="CM66" s="2"/>
+      <c r="CN66" s="2"/>
     </row>
-    <row r="67" spans="1:9">
+    <row r="67" spans="1:92">
       <c r="A67" s="3" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
+      <c r="J67" s="3"/>
+      <c r="K67" s="3"/>
+      <c r="L67" s="3"/>
+      <c r="M67" s="3"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3"/>
+      <c r="P67" s="3"/>
+      <c r="Q67" s="3"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+      <c r="T67" s="3"/>
+      <c r="U67" s="3"/>
+      <c r="V67" s="3"/>
+      <c r="W67" s="3"/>
+      <c r="X67" s="3"/>
+      <c r="Y67" s="3"/>
+      <c r="Z67" s="3"/>
+      <c r="AA67" s="3"/>
+      <c r="AB67" s="3"/>
+      <c r="AC67" s="3"/>
+      <c r="AD67" s="3"/>
+      <c r="AE67" s="3"/>
+      <c r="AF67" s="3"/>
+      <c r="AG67" s="3"/>
+      <c r="AH67" s="3"/>
+      <c r="AI67" s="3"/>
+      <c r="AJ67" s="3"/>
+      <c r="AK67" s="3"/>
+      <c r="AL67" s="3"/>
+      <c r="AM67" s="3"/>
+      <c r="AN67" s="3"/>
+      <c r="AO67" s="3"/>
+      <c r="AP67" s="3"/>
+      <c r="AQ67" s="3"/>
+      <c r="AR67" s="3"/>
+      <c r="AS67" s="3"/>
+      <c r="AT67" s="3"/>
+      <c r="AU67" s="3"/>
+      <c r="AV67" s="3"/>
+      <c r="AW67" s="3"/>
+      <c r="AX67" s="3"/>
+      <c r="AY67" s="3"/>
+      <c r="AZ67" s="3"/>
+      <c r="BA67" s="3"/>
+      <c r="BB67" s="3"/>
+      <c r="BC67" s="3"/>
+      <c r="BD67" s="3"/>
+      <c r="BE67" s="3"/>
+      <c r="BF67" s="3"/>
+      <c r="BG67" s="3"/>
+      <c r="BH67" s="3"/>
+      <c r="BI67" s="3"/>
+      <c r="BJ67" s="3"/>
+      <c r="BK67" s="3"/>
+      <c r="BL67" s="3"/>
+      <c r="BM67" s="3"/>
+      <c r="BN67" s="3"/>
+      <c r="BO67" s="3"/>
+      <c r="BP67" s="3"/>
+      <c r="BQ67" s="3"/>
+      <c r="BR67" s="3"/>
+      <c r="BS67" s="3"/>
+      <c r="BT67" s="3"/>
+      <c r="BU67" s="3"/>
+      <c r="BV67" s="3"/>
+      <c r="BW67" s="3"/>
+      <c r="BX67" s="3"/>
+      <c r="BY67" s="3"/>
+      <c r="BZ67" s="3"/>
+      <c r="CA67" s="3"/>
+      <c r="CB67" s="3"/>
+      <c r="CC67" s="3"/>
+      <c r="CD67" s="3"/>
+      <c r="CE67" s="3"/>
+      <c r="CF67" s="3"/>
+      <c r="CG67" s="3"/>
+      <c r="CH67" s="3"/>
+      <c r="CI67" s="3"/>
+      <c r="CJ67" s="3"/>
+      <c r="CK67" s="3"/>
+      <c r="CL67" s="3"/>
+      <c r="CM67" s="3"/>
+      <c r="CN67" s="3"/>
     </row>
-    <row r="68" spans="1:9">
+    <row r="68" spans="1:92">
       <c r="A68" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="C68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="D68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="F68" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="G68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="H68" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="I68" t="s">
-        <v>58</v>
+        <v>41</v>
+      </c>
+      <c r="J68" t="s">
+        <v>41</v>
+      </c>
+      <c r="K68" t="s">
+        <v>41</v>
+      </c>
+      <c r="L68" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" t="s">
+        <v>41</v>
+      </c>
+      <c r="N68" t="s">
+        <v>41</v>
+      </c>
+      <c r="O68" t="s">
+        <v>41</v>
+      </c>
+      <c r="P68" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>41</v>
+      </c>
+      <c r="R68" t="s">
+        <v>41</v>
+      </c>
+      <c r="S68" t="s">
+        <v>41</v>
+      </c>
+      <c r="T68" t="s">
+        <v>41</v>
+      </c>
+      <c r="U68" t="s">
+        <v>41</v>
+      </c>
+      <c r="V68" t="s">
+        <v>41</v>
+      </c>
+      <c r="W68" t="s">
+        <v>41</v>
+      </c>
+      <c r="X68" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AJ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AM68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AS68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AT68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AU68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AV68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AW68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AX68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AY68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BA68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BB68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BE68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BG68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BH68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BI68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BJ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BK68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BL68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BM68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BN68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BO68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BP68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BQ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BR68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BS68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BT68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BU68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BV68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BX68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BY68" t="s">
+        <v>41</v>
+      </c>
+      <c r="BZ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CA68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CB68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CC68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CD68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CE68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CF68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CG68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CH68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CI68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CJ68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CK68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CL68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CM68" t="s">
+        <v>41</v>
+      </c>
+      <c r="CN68" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="69" spans="1:9">
+    <row r="69" spans="1:92">
       <c r="A69" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="C69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="F69" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="H69" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="I69" t="s">
-        <v>59</v>
+        <v>40</v>
+      </c>
+      <c r="J69" t="s">
+        <v>40</v>
+      </c>
+      <c r="K69" t="s">
+        <v>40</v>
+      </c>
+      <c r="L69" t="s">
+        <v>40</v>
+      </c>
+      <c r="M69" t="s">
+        <v>40</v>
+      </c>
+      <c r="N69" t="s">
+        <v>40</v>
+      </c>
+      <c r="O69" t="s">
+        <v>40</v>
+      </c>
+      <c r="P69" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>40</v>
+      </c>
+      <c r="R69" t="s">
+        <v>40</v>
+      </c>
+      <c r="S69" t="s">
+        <v>40</v>
+      </c>
+      <c r="T69" t="s">
+        <v>40</v>
+      </c>
+      <c r="U69" t="s">
+        <v>40</v>
+      </c>
+      <c r="V69" t="s">
+        <v>40</v>
+      </c>
+      <c r="W69" t="s">
+        <v>40</v>
+      </c>
+      <c r="X69" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AS69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AU69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AW69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY69" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BC69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BE69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BG69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BI69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BK69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BM69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BO69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BQ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BS69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BU69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BW69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BY69" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CA69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CC69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CE69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CG69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CI69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CK69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CM69" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN69" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="70" spans="1:9">
+    <row r="70" spans="1:92">
       <c r="A70" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="C70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="D70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="E70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="F70" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="H70" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="I70" t="s">
-        <v>60</v>
+        <v>89</v>
+      </c>
+      <c r="J70" t="s">
+        <v>89</v>
+      </c>
+      <c r="K70" t="s">
+        <v>89</v>
+      </c>
+      <c r="L70" t="s">
+        <v>89</v>
+      </c>
+      <c r="M70" t="s">
+        <v>89</v>
+      </c>
+      <c r="N70" t="s">
+        <v>89</v>
+      </c>
+      <c r="O70" t="s">
+        <v>89</v>
+      </c>
+      <c r="P70" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>89</v>
+      </c>
+      <c r="R70" t="s">
+        <v>89</v>
+      </c>
+      <c r="S70" t="s">
+        <v>89</v>
+      </c>
+      <c r="T70" t="s">
+        <v>89</v>
+      </c>
+      <c r="U70" t="s">
+        <v>89</v>
+      </c>
+      <c r="V70" t="s">
+        <v>89</v>
+      </c>
+      <c r="W70" t="s">
+        <v>89</v>
+      </c>
+      <c r="X70" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AV70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AW70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AX70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AY70" t="s">
+        <v>89</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BA70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BB70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BE70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BF70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BG70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BH70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BI70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BM70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BN70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BO70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BP70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BQ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BR70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BS70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BT70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BU70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BV70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BW70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BX70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BY70" t="s">
+        <v>89</v>
+      </c>
+      <c r="BZ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CA70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CB70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CC70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CD70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CE70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CF70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CG70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CH70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CI70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CJ70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CK70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CL70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CM70" t="s">
+        <v>89</v>
+      </c>
+      <c r="CN70" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="71" spans="1:9">
+    <row r="71" spans="1:92">
       <c r="A71" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="C71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="D71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="E71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="F71" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="H71" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="I71" t="s">
-        <v>61</v>
+        <v>90</v>
+      </c>
+      <c r="J71" t="s">
+        <v>90</v>
+      </c>
+      <c r="K71" t="s">
+        <v>90</v>
+      </c>
+      <c r="L71" t="s">
+        <v>90</v>
+      </c>
+      <c r="M71" t="s">
+        <v>90</v>
+      </c>
+      <c r="N71" t="s">
+        <v>90</v>
+      </c>
+      <c r="O71" t="s">
+        <v>90</v>
+      </c>
+      <c r="P71" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>90</v>
+      </c>
+      <c r="R71" t="s">
+        <v>90</v>
+      </c>
+      <c r="S71" t="s">
+        <v>90</v>
+      </c>
+      <c r="T71" t="s">
+        <v>90</v>
+      </c>
+      <c r="U71" t="s">
+        <v>90</v>
+      </c>
+      <c r="V71" t="s">
+        <v>90</v>
+      </c>
+      <c r="W71" t="s">
+        <v>90</v>
+      </c>
+      <c r="X71" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AW71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AX71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AY71" t="s">
+        <v>90</v>
+      </c>
+      <c r="AZ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BA71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BB71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BC71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BD71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BE71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BF71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BG71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BH71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BI71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BN71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BO71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BP71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BQ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BR71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BS71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BT71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BU71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BV71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BW71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BX71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BY71" t="s">
+        <v>90</v>
+      </c>
+      <c r="BZ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CA71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CB71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CC71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CD71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CE71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CF71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CG71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CH71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CI71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CJ71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CK71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CL71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CM71" t="s">
+        <v>90</v>
+      </c>
+      <c r="CN71" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="72" spans="1:9">
+    <row r="72" spans="1:92">
       <c r="A72" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="E72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F72" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H72" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="I72" t="s">
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="J72" t="s">
+        <v>44</v>
+      </c>
+      <c r="K72" t="s">
+        <v>44</v>
+      </c>
+      <c r="L72" t="s">
+        <v>44</v>
+      </c>
+      <c r="M72" t="s">
+        <v>44</v>
+      </c>
+      <c r="N72" t="s">
+        <v>44</v>
+      </c>
+      <c r="O72" t="s">
+        <v>44</v>
+      </c>
+      <c r="P72" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>44</v>
+      </c>
+      <c r="R72" t="s">
+        <v>44</v>
+      </c>
+      <c r="S72" t="s">
+        <v>44</v>
+      </c>
+      <c r="T72" t="s">
+        <v>44</v>
+      </c>
+      <c r="U72" t="s">
+        <v>44</v>
+      </c>
+      <c r="V72" t="s">
+        <v>44</v>
+      </c>
+      <c r="W72" t="s">
+        <v>44</v>
+      </c>
+      <c r="X72" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY72" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BG72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BH72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BI72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BJ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BK72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BL72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BM72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BN72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BO72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BP72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BQ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BR72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BS72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BT72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BU72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BV72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BW72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BX72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BY72" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CA72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CB72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CC72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CD72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CE72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CF72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CG72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CH72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CI72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CJ72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CK72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CL72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CM72" t="s">
+        <v>44</v>
+      </c>
+      <c r="CN72" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="73" spans="1:9">
+    <row r="73" spans="1:92">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="4"/>
+      <c r="J73" s="4"/>
+      <c r="K73" s="4"/>
+      <c r="L73" s="4"/>
+      <c r="M73" s="4"/>
+      <c r="N73" s="4"/>
+      <c r="O73" s="4"/>
+      <c r="P73" s="4"/>
+      <c r="Q73" s="4"/>
+      <c r="R73" s="4"/>
+      <c r="S73" s="4"/>
+      <c r="T73" s="4"/>
+      <c r="U73" s="4"/>
+      <c r="V73" s="4"/>
+      <c r="W73" s="4"/>
+      <c r="X73" s="4"/>
+      <c r="Y73" s="4"/>
+      <c r="Z73" s="4"/>
+      <c r="AA73" s="4"/>
+      <c r="AB73" s="4"/>
+      <c r="AC73" s="4"/>
+      <c r="AD73" s="4"/>
+      <c r="AE73" s="4"/>
+      <c r="AF73" s="4"/>
+      <c r="AG73" s="4"/>
+      <c r="AH73" s="4"/>
+      <c r="AI73" s="4"/>
+      <c r="AJ73" s="4"/>
+      <c r="AK73" s="4"/>
+      <c r="AL73" s="4"/>
+      <c r="AM73" s="4"/>
+      <c r="AN73" s="4"/>
+      <c r="AO73" s="4"/>
+      <c r="AP73" s="4"/>
+      <c r="AQ73" s="4"/>
+      <c r="AR73" s="4"/>
+      <c r="AS73" s="4"/>
+      <c r="AT73" s="4"/>
+      <c r="AU73" s="4"/>
+      <c r="AV73" s="4"/>
+      <c r="AW73" s="4"/>
+      <c r="AX73" s="4"/>
+      <c r="AY73" s="4"/>
+      <c r="AZ73" s="4"/>
+      <c r="BA73" s="4"/>
+      <c r="BB73" s="4"/>
+      <c r="BC73" s="4"/>
+      <c r="BD73" s="4"/>
+      <c r="BE73" s="4"/>
+      <c r="BF73" s="4"/>
+      <c r="BG73" s="4"/>
+      <c r="BH73" s="4"/>
+      <c r="BI73" s="4"/>
+      <c r="BJ73" s="4"/>
+      <c r="BK73" s="4"/>
+      <c r="BL73" s="4"/>
+      <c r="BM73" s="4"/>
+      <c r="BN73" s="4"/>
+      <c r="BO73" s="4"/>
+      <c r="BP73" s="4"/>
+      <c r="BQ73" s="4"/>
+      <c r="BR73" s="4"/>
+      <c r="BS73" s="4"/>
+      <c r="BT73" s="4"/>
+      <c r="BU73" s="4"/>
+      <c r="BV73" s="4"/>
+      <c r="BW73" s="4"/>
+      <c r="BX73" s="4"/>
+      <c r="BY73" s="4"/>
+      <c r="BZ73" s="4"/>
+      <c r="CA73" s="4"/>
+      <c r="CB73" s="4"/>
+      <c r="CC73" s="4"/>
+      <c r="CD73" s="4"/>
+      <c r="CE73" s="4"/>
+      <c r="CF73" s="4"/>
+      <c r="CG73" s="4"/>
+      <c r="CH73" s="4"/>
+      <c r="CI73" s="4"/>
+      <c r="CJ73" s="4"/>
+      <c r="CK73" s="4"/>
+      <c r="CL73" s="4"/>
+      <c r="CM73" s="4"/>
+      <c r="CN73" s="4"/>
     </row>
-    <row r="74" spans="1:9">
+    <row r="74" spans="1:92">
       <c r="A74" s="2" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
+      <c r="J74" s="2"/>
+      <c r="K74" s="2"/>
+      <c r="L74" s="2"/>
+      <c r="M74" s="2"/>
+      <c r="N74" s="2"/>
+      <c r="O74" s="2"/>
+      <c r="P74" s="2"/>
+      <c r="Q74" s="2"/>
+      <c r="R74" s="2"/>
+      <c r="S74" s="2"/>
+      <c r="T74" s="2"/>
+      <c r="U74" s="2"/>
+      <c r="V74" s="2"/>
+      <c r="W74" s="2"/>
+      <c r="X74" s="2"/>
+      <c r="Y74" s="2"/>
+      <c r="Z74" s="2"/>
+      <c r="AA74" s="2"/>
+      <c r="AB74" s="2"/>
+      <c r="AC74" s="2"/>
+      <c r="AD74" s="2"/>
+      <c r="AE74" s="2"/>
+      <c r="AF74" s="2"/>
+      <c r="AG74" s="2"/>
+      <c r="AH74" s="2"/>
+      <c r="AI74" s="2"/>
+      <c r="AJ74" s="2"/>
+      <c r="AK74" s="2"/>
+      <c r="AL74" s="2"/>
+      <c r="AM74" s="2"/>
+      <c r="AN74" s="2"/>
+      <c r="AO74" s="2"/>
+      <c r="AP74" s="2"/>
+      <c r="AQ74" s="2"/>
+      <c r="AR74" s="2"/>
+      <c r="AS74" s="2"/>
+      <c r="AT74" s="2"/>
+      <c r="AU74" s="2"/>
+      <c r="AV74" s="2"/>
+      <c r="AW74" s="2"/>
+      <c r="AX74" s="2"/>
+      <c r="AY74" s="2"/>
+      <c r="AZ74" s="2"/>
+      <c r="BA74" s="2"/>
+      <c r="BB74" s="2"/>
+      <c r="BC74" s="2"/>
+      <c r="BD74" s="2"/>
+      <c r="BE74" s="2"/>
+      <c r="BF74" s="2"/>
+      <c r="BG74" s="2"/>
+      <c r="BH74" s="2"/>
+      <c r="BI74" s="2"/>
+      <c r="BJ74" s="2"/>
+      <c r="BK74" s="2"/>
+      <c r="BL74" s="2"/>
+      <c r="BM74" s="2"/>
+      <c r="BN74" s="2"/>
+      <c r="BO74" s="2"/>
+      <c r="BP74" s="2"/>
+      <c r="BQ74" s="2"/>
+      <c r="BR74" s="2"/>
+      <c r="BS74" s="2"/>
+      <c r="BT74" s="2"/>
+      <c r="BU74" s="2"/>
+      <c r="BV74" s="2"/>
+      <c r="BW74" s="2"/>
+      <c r="BX74" s="2"/>
+      <c r="BY74" s="2"/>
+      <c r="BZ74" s="2"/>
+      <c r="CA74" s="2"/>
+      <c r="CB74" s="2"/>
+      <c r="CC74" s="2"/>
+      <c r="CD74" s="2"/>
+      <c r="CE74" s="2"/>
+      <c r="CF74" s="2"/>
+      <c r="CG74" s="2"/>
+      <c r="CH74" s="2"/>
+      <c r="CI74" s="2"/>
+      <c r="CJ74" s="2"/>
+      <c r="CK74" s="2"/>
+      <c r="CL74" s="2"/>
+      <c r="CM74" s="2"/>
+      <c r="CN74" s="2"/>
     </row>
-    <row r="75" spans="1:9">
+    <row r="75" spans="1:92">
       <c r="A75" s="3" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
+      <c r="J75" s="3"/>
+      <c r="K75" s="3"/>
+      <c r="L75" s="3"/>
+      <c r="M75" s="3"/>
+      <c r="N75" s="3"/>
+      <c r="O75" s="3"/>
+      <c r="P75" s="3"/>
+      <c r="Q75" s="3"/>
+      <c r="R75" s="3"/>
+      <c r="S75" s="3"/>
+      <c r="T75" s="3"/>
+      <c r="U75" s="3"/>
+      <c r="V75" s="3"/>
+      <c r="W75" s="3"/>
+      <c r="X75" s="3"/>
+      <c r="Y75" s="3"/>
+      <c r="Z75" s="3"/>
+      <c r="AA75" s="3"/>
+      <c r="AB75" s="3"/>
+      <c r="AC75" s="3"/>
+      <c r="AD75" s="3"/>
+      <c r="AE75" s="3"/>
+      <c r="AF75" s="3"/>
+      <c r="AG75" s="3"/>
+      <c r="AH75" s="3"/>
+      <c r="AI75" s="3"/>
+      <c r="AJ75" s="3"/>
+      <c r="AK75" s="3"/>
+      <c r="AL75" s="3"/>
+      <c r="AM75" s="3"/>
+      <c r="AN75" s="3"/>
+      <c r="AO75" s="3"/>
+      <c r="AP75" s="3"/>
+      <c r="AQ75" s="3"/>
+      <c r="AR75" s="3"/>
+      <c r="AS75" s="3"/>
+      <c r="AT75" s="3"/>
+      <c r="AU75" s="3"/>
+      <c r="AV75" s="3"/>
+      <c r="AW75" s="3"/>
+      <c r="AX75" s="3"/>
+      <c r="AY75" s="3"/>
+      <c r="AZ75" s="3"/>
+      <c r="BA75" s="3"/>
+      <c r="BB75" s="3"/>
+      <c r="BC75" s="3"/>
+      <c r="BD75" s="3"/>
+      <c r="BE75" s="3"/>
+      <c r="BF75" s="3"/>
+      <c r="BG75" s="3"/>
+      <c r="BH75" s="3"/>
+      <c r="BI75" s="3"/>
+      <c r="BJ75" s="3"/>
+      <c r="BK75" s="3"/>
+      <c r="BL75" s="3"/>
+      <c r="BM75" s="3"/>
+      <c r="BN75" s="3"/>
+      <c r="BO75" s="3"/>
+      <c r="BP75" s="3"/>
+      <c r="BQ75" s="3"/>
+      <c r="BR75" s="3"/>
+      <c r="BS75" s="3"/>
+      <c r="BT75" s="3"/>
+      <c r="BU75" s="3"/>
+      <c r="BV75" s="3"/>
+      <c r="BW75" s="3"/>
+      <c r="BX75" s="3"/>
+      <c r="BY75" s="3"/>
+      <c r="BZ75" s="3"/>
+      <c r="CA75" s="3"/>
+      <c r="CB75" s="3"/>
+      <c r="CC75" s="3"/>
+      <c r="CD75" s="3"/>
+      <c r="CE75" s="3"/>
+      <c r="CF75" s="3"/>
+      <c r="CG75" s="3"/>
+      <c r="CH75" s="3"/>
+      <c r="CI75" s="3"/>
+      <c r="CJ75" s="3"/>
+      <c r="CK75" s="3"/>
+      <c r="CL75" s="3"/>
+      <c r="CM75" s="3"/>
+      <c r="CN75" s="3"/>
     </row>
-    <row r="76" spans="1:9">
+    <row r="76" spans="1:92">
       <c r="A76" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="C76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="E76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="F76" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="G76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="H76" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="I76" t="s">
-        <v>63</v>
+        <v>92</v>
+      </c>
+      <c r="J76" t="s">
+        <v>92</v>
+      </c>
+      <c r="K76" t="s">
+        <v>92</v>
+      </c>
+      <c r="L76" t="s">
+        <v>92</v>
+      </c>
+      <c r="M76" t="s">
+        <v>92</v>
+      </c>
+      <c r="N76" t="s">
+        <v>92</v>
+      </c>
+      <c r="O76" t="s">
+        <v>92</v>
+      </c>
+      <c r="P76" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>92</v>
+      </c>
+      <c r="R76" t="s">
+        <v>92</v>
+      </c>
+      <c r="S76" t="s">
+        <v>92</v>
+      </c>
+      <c r="T76" t="s">
+        <v>92</v>
+      </c>
+      <c r="U76" t="s">
+        <v>92</v>
+      </c>
+      <c r="V76" t="s">
+        <v>92</v>
+      </c>
+      <c r="W76" t="s">
+        <v>92</v>
+      </c>
+      <c r="X76" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AH76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AN76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AV76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AW76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AX76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AY76" t="s">
+        <v>92</v>
+      </c>
+      <c r="AZ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BA76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BB76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BC76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BD76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BE76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BF76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BG76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BH76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BI76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BJ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BK76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BM76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BN76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BO76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BP76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BQ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BR76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BS76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BT76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BU76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BV76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BW76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BX76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BY76" t="s">
+        <v>92</v>
+      </c>
+      <c r="BZ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CA76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CB76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CC76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CD76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CE76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CF76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CG76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CH76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CI76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CJ76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CK76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CL76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CM76" t="s">
+        <v>92</v>
+      </c>
+      <c r="CN76" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="77" spans="1:9">
+    <row r="77" spans="1:92">
       <c r="A77" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="C77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="F77" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="H77" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="I77" t="s">
-        <v>59</v>
+        <v>40</v>
+      </c>
+      <c r="J77" t="s">
+        <v>40</v>
+      </c>
+      <c r="K77" t="s">
+        <v>40</v>
+      </c>
+      <c r="L77" t="s">
+        <v>40</v>
+      </c>
+      <c r="M77" t="s">
+        <v>40</v>
+      </c>
+      <c r="N77" t="s">
+        <v>40</v>
+      </c>
+      <c r="O77" t="s">
+        <v>40</v>
+      </c>
+      <c r="P77" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>40</v>
+      </c>
+      <c r="R77" t="s">
+        <v>40</v>
+      </c>
+      <c r="S77" t="s">
+        <v>40</v>
+      </c>
+      <c r="T77" t="s">
+        <v>40</v>
+      </c>
+      <c r="U77" t="s">
+        <v>40</v>
+      </c>
+      <c r="V77" t="s">
+        <v>40</v>
+      </c>
+      <c r="W77" t="s">
+        <v>40</v>
+      </c>
+      <c r="X77" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AS77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AU77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AW77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY77" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BC77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BE77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BG77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BI77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BK77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BM77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BO77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BQ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BS77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BU77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BW77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BY77" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CA77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CC77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CE77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CG77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CI77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CK77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CM77" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN77" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="78" spans="1:9">
+    <row r="78" spans="1:92">
       <c r="A78" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="D78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="E78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="F78" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="G78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="H78" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="I78" t="s">
-        <v>64</v>
+        <v>93</v>
+      </c>
+      <c r="J78" t="s">
+        <v>93</v>
+      </c>
+      <c r="K78" t="s">
+        <v>93</v>
+      </c>
+      <c r="L78" t="s">
+        <v>93</v>
+      </c>
+      <c r="M78" t="s">
+        <v>93</v>
+      </c>
+      <c r="N78" t="s">
+        <v>93</v>
+      </c>
+      <c r="O78" t="s">
+        <v>93</v>
+      </c>
+      <c r="P78" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>93</v>
+      </c>
+      <c r="R78" t="s">
+        <v>93</v>
+      </c>
+      <c r="S78" t="s">
+        <v>93</v>
+      </c>
+      <c r="T78" t="s">
+        <v>93</v>
+      </c>
+      <c r="U78" t="s">
+        <v>93</v>
+      </c>
+      <c r="V78" t="s">
+        <v>93</v>
+      </c>
+      <c r="W78" t="s">
+        <v>93</v>
+      </c>
+      <c r="X78" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AV78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AW78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AX78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AY78" t="s">
+        <v>93</v>
+      </c>
+      <c r="AZ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BA78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BB78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BC78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BD78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BE78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BF78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BG78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BH78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BI78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BJ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BK78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BL78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BM78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BN78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BP78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BQ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BS78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BU78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BW78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BY78" t="s">
+        <v>93</v>
+      </c>
+      <c r="BZ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CA78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CB78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CC78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CD78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CE78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CF78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CG78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CH78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CI78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CJ78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CK78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CL78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CM78" t="s">
+        <v>93</v>
+      </c>
+      <c r="CN78" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="79" spans="1:9">
+    <row r="79" spans="1:92">
       <c r="A79" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="C79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="E79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="F79" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="G79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="H79" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="I79" t="s">
-        <v>65</v>
+        <v>94</v>
+      </c>
+      <c r="J79" t="s">
+        <v>94</v>
+      </c>
+      <c r="K79" t="s">
+        <v>94</v>
+      </c>
+      <c r="L79" t="s">
+        <v>94</v>
+      </c>
+      <c r="M79" t="s">
+        <v>94</v>
+      </c>
+      <c r="N79" t="s">
+        <v>94</v>
+      </c>
+      <c r="O79" t="s">
+        <v>94</v>
+      </c>
+      <c r="P79" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>94</v>
+      </c>
+      <c r="R79" t="s">
+        <v>94</v>
+      </c>
+      <c r="S79" t="s">
+        <v>94</v>
+      </c>
+      <c r="T79" t="s">
+        <v>94</v>
+      </c>
+      <c r="U79" t="s">
+        <v>94</v>
+      </c>
+      <c r="V79" t="s">
+        <v>94</v>
+      </c>
+      <c r="W79" t="s">
+        <v>94</v>
+      </c>
+      <c r="X79" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AI79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AJ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AK79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AL79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AM79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AN79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AP79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AQ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AR79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AS79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AV79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AW79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AX79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AY79" t="s">
+        <v>94</v>
+      </c>
+      <c r="AZ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BA79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BB79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BC79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BD79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BE79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BF79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BG79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BH79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BI79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BJ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BK79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BL79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BM79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BN79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BO79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BP79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BQ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BR79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BS79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BT79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BU79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BV79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BW79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BX79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BY79" t="s">
+        <v>94</v>
+      </c>
+      <c r="BZ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CA79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CB79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CC79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CD79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CE79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CF79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CG79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CH79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CI79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CJ79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CK79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CL79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CM79" t="s">
+        <v>94</v>
+      </c>
+      <c r="CN79" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="80" spans="1:9">
+    <row r="80" spans="1:92">
       <c r="A80" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="E80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F80" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="I80" t="s">
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="J80" t="s">
+        <v>44</v>
+      </c>
+      <c r="K80" t="s">
+        <v>44</v>
+      </c>
+      <c r="L80" t="s">
+        <v>44</v>
+      </c>
+      <c r="M80" t="s">
+        <v>44</v>
+      </c>
+      <c r="N80" t="s">
+        <v>44</v>
+      </c>
+      <c r="O80" t="s">
+        <v>44</v>
+      </c>
+      <c r="P80" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>44</v>
+      </c>
+      <c r="R80" t="s">
+        <v>44</v>
+      </c>
+      <c r="S80" t="s">
+        <v>44</v>
+      </c>
+      <c r="T80" t="s">
+        <v>44</v>
+      </c>
+      <c r="U80" t="s">
+        <v>44</v>
+      </c>
+      <c r="V80" t="s">
+        <v>44</v>
+      </c>
+      <c r="W80" t="s">
+        <v>44</v>
+      </c>
+      <c r="X80" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY80" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BG80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BH80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BI80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BJ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BK80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BL80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BM80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BN80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BO80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BP80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BQ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BR80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BS80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BT80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BU80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BV80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BW80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BX80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BY80" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CA80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CB80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CC80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CD80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CE80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CF80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CG80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CH80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CI80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CJ80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CK80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CL80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CM80" t="s">
+        <v>44</v>
+      </c>
+      <c r="CN80" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="81" spans="1:9">
+    <row r="81" spans="1:92">
       <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="4"/>
+      <c r="J81" s="4"/>
+      <c r="K81" s="4"/>
+      <c r="L81" s="4"/>
+      <c r="M81" s="4"/>
+      <c r="N81" s="4"/>
+      <c r="O81" s="4"/>
+      <c r="P81" s="4"/>
+      <c r="Q81" s="4"/>
+      <c r="R81" s="4"/>
+      <c r="S81" s="4"/>
+      <c r="T81" s="4"/>
+      <c r="U81" s="4"/>
+      <c r="V81" s="4"/>
+      <c r="W81" s="4"/>
+      <c r="X81" s="4"/>
+      <c r="Y81" s="4"/>
+      <c r="Z81" s="4"/>
+      <c r="AA81" s="4"/>
+      <c r="AB81" s="4"/>
+      <c r="AC81" s="4"/>
+      <c r="AD81" s="4"/>
+      <c r="AE81" s="4"/>
+      <c r="AF81" s="4"/>
+      <c r="AG81" s="4"/>
+      <c r="AH81" s="4"/>
+      <c r="AI81" s="4"/>
+      <c r="AJ81" s="4"/>
+      <c r="AK81" s="4"/>
+      <c r="AL81" s="4"/>
+      <c r="AM81" s="4"/>
+      <c r="AN81" s="4"/>
+      <c r="AO81" s="4"/>
+      <c r="AP81" s="4"/>
+      <c r="AQ81" s="4"/>
+      <c r="AR81" s="4"/>
+      <c r="AS81" s="4"/>
+      <c r="AT81" s="4"/>
+      <c r="AU81" s="4"/>
+      <c r="AV81" s="4"/>
+      <c r="AW81" s="4"/>
+      <c r="AX81" s="4"/>
+      <c r="AY81" s="4"/>
+      <c r="AZ81" s="4"/>
+      <c r="BA81" s="4"/>
+      <c r="BB81" s="4"/>
+      <c r="BC81" s="4"/>
+      <c r="BD81" s="4"/>
+      <c r="BE81" s="4"/>
+      <c r="BF81" s="4"/>
+      <c r="BG81" s="4"/>
+      <c r="BH81" s="4"/>
+      <c r="BI81" s="4"/>
+      <c r="BJ81" s="4"/>
+      <c r="BK81" s="4"/>
+      <c r="BL81" s="4"/>
+      <c r="BM81" s="4"/>
+      <c r="BN81" s="4"/>
+      <c r="BO81" s="4"/>
+      <c r="BP81" s="4"/>
+      <c r="BQ81" s="4"/>
+      <c r="BR81" s="4"/>
+      <c r="BS81" s="4"/>
+      <c r="BT81" s="4"/>
+      <c r="BU81" s="4"/>
+      <c r="BV81" s="4"/>
+      <c r="BW81" s="4"/>
+      <c r="BX81" s="4"/>
+      <c r="BY81" s="4"/>
+      <c r="BZ81" s="4"/>
+      <c r="CA81" s="4"/>
+      <c r="CB81" s="4"/>
+      <c r="CC81" s="4"/>
+      <c r="CD81" s="4"/>
+      <c r="CE81" s="4"/>
+      <c r="CF81" s="4"/>
+      <c r="CG81" s="4"/>
+      <c r="CH81" s="4"/>
+      <c r="CI81" s="4"/>
+      <c r="CJ81" s="4"/>
+      <c r="CK81" s="4"/>
+      <c r="CL81" s="4"/>
+      <c r="CM81" s="4"/>
+      <c r="CN81" s="4"/>
     </row>
-    <row r="82" spans="1:9">
+    <row r="82" spans="1:92">
       <c r="A82" s="2" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
+      <c r="J82" s="2"/>
+      <c r="K82" s="2"/>
+      <c r="L82" s="2"/>
+      <c r="M82" s="2"/>
+      <c r="N82" s="2"/>
+      <c r="O82" s="2"/>
+      <c r="P82" s="2"/>
+      <c r="Q82" s="2"/>
+      <c r="R82" s="2"/>
+      <c r="S82" s="2"/>
+      <c r="T82" s="2"/>
+      <c r="U82" s="2"/>
+      <c r="V82" s="2"/>
+      <c r="W82" s="2"/>
+      <c r="X82" s="2"/>
+      <c r="Y82" s="2"/>
+      <c r="Z82" s="2"/>
+      <c r="AA82" s="2"/>
+      <c r="AB82" s="2"/>
+      <c r="AC82" s="2"/>
+      <c r="AD82" s="2"/>
+      <c r="AE82" s="2"/>
+      <c r="AF82" s="2"/>
+      <c r="AG82" s="2"/>
+      <c r="AH82" s="2"/>
+      <c r="AI82" s="2"/>
+      <c r="AJ82" s="2"/>
+      <c r="AK82" s="2"/>
+      <c r="AL82" s="2"/>
+      <c r="AM82" s="2"/>
+      <c r="AN82" s="2"/>
+      <c r="AO82" s="2"/>
+      <c r="AP82" s="2"/>
+      <c r="AQ82" s="2"/>
+      <c r="AR82" s="2"/>
+      <c r="AS82" s="2"/>
+      <c r="AT82" s="2"/>
+      <c r="AU82" s="2"/>
+      <c r="AV82" s="2"/>
+      <c r="AW82" s="2"/>
+      <c r="AX82" s="2"/>
+      <c r="AY82" s="2"/>
+      <c r="AZ82" s="2"/>
+      <c r="BA82" s="2"/>
+      <c r="BB82" s="2"/>
+      <c r="BC82" s="2"/>
+      <c r="BD82" s="2"/>
+      <c r="BE82" s="2"/>
+      <c r="BF82" s="2"/>
+      <c r="BG82" s="2"/>
+      <c r="BH82" s="2"/>
+      <c r="BI82" s="2"/>
+      <c r="BJ82" s="2"/>
+      <c r="BK82" s="2"/>
+      <c r="BL82" s="2"/>
+      <c r="BM82" s="2"/>
+      <c r="BN82" s="2"/>
+      <c r="BO82" s="2"/>
+      <c r="BP82" s="2"/>
+      <c r="BQ82" s="2"/>
+      <c r="BR82" s="2"/>
+      <c r="BS82" s="2"/>
+      <c r="BT82" s="2"/>
+      <c r="BU82" s="2"/>
+      <c r="BV82" s="2"/>
+      <c r="BW82" s="2"/>
+      <c r="BX82" s="2"/>
+      <c r="BY82" s="2"/>
+      <c r="BZ82" s="2"/>
+      <c r="CA82" s="2"/>
+      <c r="CB82" s="2"/>
+      <c r="CC82" s="2"/>
+      <c r="CD82" s="2"/>
+      <c r="CE82" s="2"/>
+      <c r="CF82" s="2"/>
+      <c r="CG82" s="2"/>
+      <c r="CH82" s="2"/>
+      <c r="CI82" s="2"/>
+      <c r="CJ82" s="2"/>
+      <c r="CK82" s="2"/>
+      <c r="CL82" s="2"/>
+      <c r="CM82" s="2"/>
+      <c r="CN82" s="2"/>
     </row>
-    <row r="83" spans="1:9">
+    <row r="83" spans="1:92">
       <c r="A83" s="3" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
+      <c r="J83" s="3"/>
+      <c r="K83" s="3"/>
+      <c r="L83" s="3"/>
+      <c r="M83" s="3"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3"/>
+      <c r="P83" s="3"/>
+      <c r="Q83" s="3"/>
+      <c r="R83" s="3"/>
+      <c r="S83" s="3"/>
+      <c r="T83" s="3"/>
+      <c r="U83" s="3"/>
+      <c r="V83" s="3"/>
+      <c r="W83" s="3"/>
+      <c r="X83" s="3"/>
+      <c r="Y83" s="3"/>
+      <c r="Z83" s="3"/>
+      <c r="AA83" s="3"/>
+      <c r="AB83" s="3"/>
+      <c r="AC83" s="3"/>
+      <c r="AD83" s="3"/>
+      <c r="AE83" s="3"/>
+      <c r="AF83" s="3"/>
+      <c r="AG83" s="3"/>
+      <c r="AH83" s="3"/>
+      <c r="AI83" s="3"/>
+      <c r="AJ83" s="3"/>
+      <c r="AK83" s="3"/>
+      <c r="AL83" s="3"/>
+      <c r="AM83" s="3"/>
+      <c r="AN83" s="3"/>
+      <c r="AO83" s="3"/>
+      <c r="AP83" s="3"/>
+      <c r="AQ83" s="3"/>
+      <c r="AR83" s="3"/>
+      <c r="AS83" s="3"/>
+      <c r="AT83" s="3"/>
+      <c r="AU83" s="3"/>
+      <c r="AV83" s="3"/>
+      <c r="AW83" s="3"/>
+      <c r="AX83" s="3"/>
+      <c r="AY83" s="3"/>
+      <c r="AZ83" s="3"/>
+      <c r="BA83" s="3"/>
+      <c r="BB83" s="3"/>
+      <c r="BC83" s="3"/>
+      <c r="BD83" s="3"/>
+      <c r="BE83" s="3"/>
+      <c r="BF83" s="3"/>
+      <c r="BG83" s="3"/>
+      <c r="BH83" s="3"/>
+      <c r="BI83" s="3"/>
+      <c r="BJ83" s="3"/>
+      <c r="BK83" s="3"/>
+      <c r="BL83" s="3"/>
+      <c r="BM83" s="3"/>
+      <c r="BN83" s="3"/>
+      <c r="BO83" s="3"/>
+      <c r="BP83" s="3"/>
+      <c r="BQ83" s="3"/>
+      <c r="BR83" s="3"/>
+      <c r="BS83" s="3"/>
+      <c r="BT83" s="3"/>
+      <c r="BU83" s="3"/>
+      <c r="BV83" s="3"/>
+      <c r="BW83" s="3"/>
+      <c r="BX83" s="3"/>
+      <c r="BY83" s="3"/>
+      <c r="BZ83" s="3"/>
+      <c r="CA83" s="3"/>
+      <c r="CB83" s="3"/>
+      <c r="CC83" s="3"/>
+      <c r="CD83" s="3"/>
+      <c r="CE83" s="3"/>
+      <c r="CF83" s="3"/>
+      <c r="CG83" s="3"/>
+      <c r="CH83" s="3"/>
+      <c r="CI83" s="3"/>
+      <c r="CJ83" s="3"/>
+      <c r="CK83" s="3"/>
+      <c r="CL83" s="3"/>
+      <c r="CM83" s="3"/>
+      <c r="CN83" s="3"/>
     </row>
-    <row r="84" spans="1:9">
+    <row r="84" spans="1:92">
       <c r="A84" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="C84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="E84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="F84" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="H84" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="I84" t="s">
-        <v>55</v>
+        <v>96</v>
+      </c>
+      <c r="J84" t="s">
+        <v>96</v>
+      </c>
+      <c r="K84" t="s">
+        <v>96</v>
+      </c>
+      <c r="L84" t="s">
+        <v>96</v>
+      </c>
+      <c r="M84" t="s">
+        <v>96</v>
+      </c>
+      <c r="N84" t="s">
+        <v>96</v>
+      </c>
+      <c r="O84" t="s">
+        <v>96</v>
+      </c>
+      <c r="P84" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>96</v>
+      </c>
+      <c r="R84" t="s">
+        <v>96</v>
+      </c>
+      <c r="S84" t="s">
+        <v>96</v>
+      </c>
+      <c r="T84" t="s">
+        <v>96</v>
+      </c>
+      <c r="U84" t="s">
+        <v>96</v>
+      </c>
+      <c r="V84" t="s">
+        <v>96</v>
+      </c>
+      <c r="W84" t="s">
+        <v>96</v>
+      </c>
+      <c r="X84" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY84" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CC84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CD84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CE84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CF84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CG84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CH84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CI84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CJ84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CK84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CL84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CM84" t="s">
+        <v>96</v>
+      </c>
+      <c r="CN84" t="s">
+        <v>96</v>
       </c>
     </row>
-    <row r="85" spans="1:9">
+    <row r="85" spans="1:92">
       <c r="A85" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="C85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="F85" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="H85" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="I85" t="s">
-        <v>59</v>
+        <v>40</v>
+      </c>
+      <c r="J85" t="s">
+        <v>40</v>
+      </c>
+      <c r="K85" t="s">
+        <v>40</v>
+      </c>
+      <c r="L85" t="s">
+        <v>40</v>
+      </c>
+      <c r="M85" t="s">
+        <v>40</v>
+      </c>
+      <c r="N85" t="s">
+        <v>40</v>
+      </c>
+      <c r="O85" t="s">
+        <v>40</v>
+      </c>
+      <c r="P85" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>40</v>
+      </c>
+      <c r="R85" t="s">
+        <v>40</v>
+      </c>
+      <c r="S85" t="s">
+        <v>40</v>
+      </c>
+      <c r="T85" t="s">
+        <v>40</v>
+      </c>
+      <c r="U85" t="s">
+        <v>40</v>
+      </c>
+      <c r="V85" t="s">
+        <v>40</v>
+      </c>
+      <c r="W85" t="s">
+        <v>40</v>
+      </c>
+      <c r="X85" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AR85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AS85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AT85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AU85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AV85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AW85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AX85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY85" t="s">
+        <v>40</v>
+      </c>
+      <c r="AZ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BB85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BC85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BD85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BE85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BF85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BG85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BH85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BI85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BJ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BK85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BL85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BM85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BN85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BO85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BP85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BQ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BR85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BS85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BT85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BU85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BV85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BW85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BX85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BY85" t="s">
+        <v>40</v>
+      </c>
+      <c r="BZ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CA85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CB85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CC85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CD85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CE85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CF85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CG85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CH85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CI85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CJ85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CK85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CL85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CM85" t="s">
+        <v>40</v>
+      </c>
+      <c r="CN85" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="86" spans="1:9">
+    <row r="86" spans="1:92">
       <c r="A86" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="C86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="D86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="E86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="F86" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="H86" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="I86" t="s">
-        <v>67</v>
+        <v>97</v>
+      </c>
+      <c r="J86" t="s">
+        <v>97</v>
+      </c>
+      <c r="K86" t="s">
+        <v>97</v>
+      </c>
+      <c r="L86" t="s">
+        <v>97</v>
+      </c>
+      <c r="M86" t="s">
+        <v>97</v>
+      </c>
+      <c r="N86" t="s">
+        <v>97</v>
+      </c>
+      <c r="O86" t="s">
+        <v>97</v>
+      </c>
+      <c r="P86" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>97</v>
+      </c>
+      <c r="R86" t="s">
+        <v>97</v>
+      </c>
+      <c r="S86" t="s">
+        <v>97</v>
+      </c>
+      <c r="T86" t="s">
+        <v>97</v>
+      </c>
+      <c r="U86" t="s">
+        <v>97</v>
+      </c>
+      <c r="V86" t="s">
+        <v>97</v>
+      </c>
+      <c r="W86" t="s">
+        <v>97</v>
+      </c>
+      <c r="X86" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AV86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AW86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AX86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AY86" t="s">
+        <v>97</v>
+      </c>
+      <c r="AZ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BA86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BB86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BC86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BD86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BE86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BF86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BG86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BH86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BI86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BJ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BK86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BL86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BN86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BO86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BP86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BQ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BR86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BS86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BT86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BU86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BV86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BW86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BX86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BY86" t="s">
+        <v>97</v>
+      </c>
+      <c r="BZ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CA86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CB86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CC86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CD86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CE86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CF86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CG86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CH86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CI86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CJ86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CK86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CL86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CM86" t="s">
+        <v>97</v>
+      </c>
+      <c r="CN86" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="87" spans="1:9">
+    <row r="87" spans="1:92">
       <c r="A87" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="C87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="D87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="E87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="F87" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="G87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="H87" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="I87" t="s">
-        <v>68</v>
+        <v>98</v>
+      </c>
+      <c r="J87" t="s">
+        <v>98</v>
+      </c>
+      <c r="K87" t="s">
+        <v>98</v>
+      </c>
+      <c r="L87" t="s">
+        <v>98</v>
+      </c>
+      <c r="M87" t="s">
+        <v>98</v>
+      </c>
+      <c r="N87" t="s">
+        <v>98</v>
+      </c>
+      <c r="O87" t="s">
+        <v>98</v>
+      </c>
+      <c r="P87" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>98</v>
+      </c>
+      <c r="R87" t="s">
+        <v>98</v>
+      </c>
+      <c r="S87" t="s">
+        <v>98</v>
+      </c>
+      <c r="T87" t="s">
+        <v>98</v>
+      </c>
+      <c r="U87" t="s">
+        <v>98</v>
+      </c>
+      <c r="V87" t="s">
+        <v>98</v>
+      </c>
+      <c r="W87" t="s">
+        <v>98</v>
+      </c>
+      <c r="X87" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>98</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AD87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AE87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AF87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AG87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AH87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AI87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AJ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AK87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AL87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AM87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AO87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AP87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AR87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AS87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AT87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AU87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AV87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AW87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AX87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AY87" t="s">
+        <v>98</v>
+      </c>
+      <c r="AZ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BA87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BB87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BC87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BD87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BE87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BF87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BG87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BH87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BI87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BJ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BK87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BL87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BM87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BN87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BO87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BP87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BQ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BR87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BS87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BT87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BU87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BV87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BW87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BX87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BY87" t="s">
+        <v>98</v>
+      </c>
+      <c r="BZ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CA87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CB87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CC87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CD87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CE87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CF87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CG87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CH87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CI87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CJ87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CK87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CL87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CM87" t="s">
+        <v>98</v>
+      </c>
+      <c r="CN87" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="88" spans="1:9">
+    <row r="88" spans="1:92">
       <c r="A88" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="E88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F88" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H88" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="I88" t="s">
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="J88" t="s">
+        <v>44</v>
+      </c>
+      <c r="K88" t="s">
+        <v>44</v>
+      </c>
+      <c r="L88" t="s">
+        <v>44</v>
+      </c>
+      <c r="M88" t="s">
+        <v>44</v>
+      </c>
+      <c r="N88" t="s">
+        <v>44</v>
+      </c>
+      <c r="O88" t="s">
+        <v>44</v>
+      </c>
+      <c r="P88" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>44</v>
+      </c>
+      <c r="R88" t="s">
+        <v>44</v>
+      </c>
+      <c r="S88" t="s">
+        <v>44</v>
+      </c>
+      <c r="T88" t="s">
+        <v>44</v>
+      </c>
+      <c r="U88" t="s">
+        <v>44</v>
+      </c>
+      <c r="V88" t="s">
+        <v>44</v>
+      </c>
+      <c r="W88" t="s">
+        <v>44</v>
+      </c>
+      <c r="X88" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY88" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BB88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BC88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BD88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BF88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BG88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BH88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BI88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BJ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BK88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BL88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BM88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BN88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BO88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BP88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BQ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BR88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BS88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BT88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BU88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BV88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BW88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BX88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BY88" t="s">
+        <v>44</v>
+      </c>
+      <c r="BZ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CA88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CB88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CC88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CD88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CE88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CF88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CG88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CH88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CI88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CJ88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CK88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CL88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CM88" t="s">
+        <v>44</v>
+      </c>
+      <c r="CN88" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="89" spans="1:9">
+    <row r="89" spans="1:92">
       <c r="A89" s="4"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="4"/>
       <c r="H89" s="4"/>
       <c r="I89" s="4"/>
+      <c r="J89" s="4"/>
+      <c r="K89" s="4"/>
+      <c r="L89" s="4"/>
+      <c r="M89" s="4"/>
+      <c r="N89" s="4"/>
+      <c r="O89" s="4"/>
+      <c r="P89" s="4"/>
+      <c r="Q89" s="4"/>
+      <c r="R89" s="4"/>
+      <c r="S89" s="4"/>
+      <c r="T89" s="4"/>
+      <c r="U89" s="4"/>
+      <c r="V89" s="4"/>
+      <c r="W89" s="4"/>
+      <c r="X89" s="4"/>
+      <c r="Y89" s="4"/>
+      <c r="Z89" s="4"/>
+      <c r="AA89" s="4"/>
+      <c r="AB89" s="4"/>
+      <c r="AC89" s="4"/>
+      <c r="AD89" s="4"/>
+      <c r="AE89" s="4"/>
+      <c r="AF89" s="4"/>
+      <c r="AG89" s="4"/>
+      <c r="AH89" s="4"/>
+      <c r="AI89" s="4"/>
+      <c r="AJ89" s="4"/>
+      <c r="AK89" s="4"/>
+      <c r="AL89" s="4"/>
+      <c r="AM89" s="4"/>
+      <c r="AN89" s="4"/>
+      <c r="AO89" s="4"/>
+      <c r="AP89" s="4"/>
+      <c r="AQ89" s="4"/>
+      <c r="AR89" s="4"/>
+      <c r="AS89" s="4"/>
+      <c r="AT89" s="4"/>
+      <c r="AU89" s="4"/>
+      <c r="AV89" s="4"/>
+      <c r="AW89" s="4"/>
+      <c r="AX89" s="4"/>
+      <c r="AY89" s="4"/>
+      <c r="AZ89" s="4"/>
+      <c r="BA89" s="4"/>
+      <c r="BB89" s="4"/>
+      <c r="BC89" s="4"/>
+      <c r="BD89" s="4"/>
+      <c r="BE89" s="4"/>
+      <c r="BF89" s="4"/>
+      <c r="BG89" s="4"/>
+      <c r="BH89" s="4"/>
+      <c r="BI89" s="4"/>
+      <c r="BJ89" s="4"/>
+      <c r="BK89" s="4"/>
+      <c r="BL89" s="4"/>
+      <c r="BM89" s="4"/>
+      <c r="BN89" s="4"/>
+      <c r="BO89" s="4"/>
+      <c r="BP89" s="4"/>
+      <c r="BQ89" s="4"/>
+      <c r="BR89" s="4"/>
+      <c r="BS89" s="4"/>
+      <c r="BT89" s="4"/>
+      <c r="BU89" s="4"/>
+      <c r="BV89" s="4"/>
+      <c r="BW89" s="4"/>
+      <c r="BX89" s="4"/>
+      <c r="BY89" s="4"/>
+      <c r="BZ89" s="4"/>
+      <c r="CA89" s="4"/>
+      <c r="CB89" s="4"/>
+      <c r="CC89" s="4"/>
+      <c r="CD89" s="4"/>
+      <c r="CE89" s="4"/>
+      <c r="CF89" s="4"/>
+      <c r="CG89" s="4"/>
+      <c r="CH89" s="4"/>
+      <c r="CI89" s="4"/>
+      <c r="CJ89" s="4"/>
+      <c r="CK89" s="4"/>
+      <c r="CL89" s="4"/>
+      <c r="CM89" s="4"/>
+      <c r="CN89" s="4"/>
     </row>
-    <row r="90" spans="1:9">
+    <row r="90" spans="1:92">
       <c r="A90" s="2" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
+      <c r="J90" s="2"/>
+      <c r="K90" s="2"/>
+      <c r="L90" s="2"/>
+      <c r="M90" s="2"/>
+      <c r="N90" s="2"/>
+      <c r="O90" s="2"/>
+      <c r="P90" s="2"/>
+      <c r="Q90" s="2"/>
+      <c r="R90" s="2"/>
+      <c r="S90" s="2"/>
+      <c r="T90" s="2"/>
+      <c r="U90" s="2"/>
+      <c r="V90" s="2"/>
+      <c r="W90" s="2"/>
+      <c r="X90" s="2"/>
+      <c r="Y90" s="2"/>
+      <c r="Z90" s="2"/>
+      <c r="AA90" s="2"/>
+      <c r="AB90" s="2"/>
+      <c r="AC90" s="2"/>
+      <c r="AD90" s="2"/>
+      <c r="AE90" s="2"/>
+      <c r="AF90" s="2"/>
+      <c r="AG90" s="2"/>
+      <c r="AH90" s="2"/>
+      <c r="AI90" s="2"/>
+      <c r="AJ90" s="2"/>
+      <c r="AK90" s="2"/>
+      <c r="AL90" s="2"/>
+      <c r="AM90" s="2"/>
+      <c r="AN90" s="2"/>
+      <c r="AO90" s="2"/>
+      <c r="AP90" s="2"/>
+      <c r="AQ90" s="2"/>
+      <c r="AR90" s="2"/>
+      <c r="AS90" s="2"/>
+      <c r="AT90" s="2"/>
+      <c r="AU90" s="2"/>
+      <c r="AV90" s="2"/>
+      <c r="AW90" s="2"/>
+      <c r="AX90" s="2"/>
+      <c r="AY90" s="2"/>
+      <c r="AZ90" s="2"/>
+      <c r="BA90" s="2"/>
+      <c r="BB90" s="2"/>
+      <c r="BC90" s="2"/>
+      <c r="BD90" s="2"/>
+      <c r="BE90" s="2"/>
+      <c r="BF90" s="2"/>
+      <c r="BG90" s="2"/>
+      <c r="BH90" s="2"/>
+      <c r="BI90" s="2"/>
+      <c r="BJ90" s="2"/>
+      <c r="BK90" s="2"/>
+      <c r="BL90" s="2"/>
+      <c r="BM90" s="2"/>
+      <c r="BN90" s="2"/>
+      <c r="BO90" s="2"/>
+      <c r="BP90" s="2"/>
+      <c r="BQ90" s="2"/>
+      <c r="BR90" s="2"/>
+      <c r="BS90" s="2"/>
+      <c r="BT90" s="2"/>
+      <c r="BU90" s="2"/>
+      <c r="BV90" s="2"/>
+      <c r="BW90" s="2"/>
+      <c r="BX90" s="2"/>
+      <c r="BY90" s="2"/>
+      <c r="BZ90" s="2"/>
+      <c r="CA90" s="2"/>
+      <c r="CB90" s="2"/>
+      <c r="CC90" s="2"/>
+      <c r="CD90" s="2"/>
+      <c r="CE90" s="2"/>
+      <c r="CF90" s="2"/>
+      <c r="CG90" s="2"/>
+      <c r="CH90" s="2"/>
+      <c r="CI90" s="2"/>
+      <c r="CJ90" s="2"/>
+      <c r="CK90" s="2"/>
+      <c r="CL90" s="2"/>
+      <c r="CM90" s="2"/>
+      <c r="CN90" s="2"/>
     </row>
-    <row r="91" spans="1:9">
+    <row r="91" spans="1:92">
       <c r="A91" s="3" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3"/>
       <c r="D91" s="3"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
+      <c r="J91" s="3"/>
+      <c r="K91" s="3"/>
+      <c r="L91" s="3"/>
+      <c r="M91" s="3"/>
+      <c r="N91" s="3"/>
+      <c r="O91" s="3"/>
+      <c r="P91" s="3"/>
+      <c r="Q91" s="3"/>
+      <c r="R91" s="3"/>
+      <c r="S91" s="3"/>
+      <c r="T91" s="3"/>
+      <c r="U91" s="3"/>
+      <c r="V91" s="3"/>
+      <c r="W91" s="3"/>
+      <c r="X91" s="3"/>
+      <c r="Y91" s="3"/>
+      <c r="Z91" s="3"/>
+      <c r="AA91" s="3"/>
+      <c r="AB91" s="3"/>
+      <c r="AC91" s="3"/>
+      <c r="AD91" s="3"/>
+      <c r="AE91" s="3"/>
+      <c r="AF91" s="3"/>
+      <c r="AG91" s="3"/>
+      <c r="AH91" s="3"/>
+      <c r="AI91" s="3"/>
+      <c r="AJ91" s="3"/>
+      <c r="AK91" s="3"/>
+      <c r="AL91" s="3"/>
+      <c r="AM91" s="3"/>
+      <c r="AN91" s="3"/>
+      <c r="AO91" s="3"/>
+      <c r="AP91" s="3"/>
+      <c r="AQ91" s="3"/>
+      <c r="AR91" s="3"/>
+      <c r="AS91" s="3"/>
+      <c r="AT91" s="3"/>
+      <c r="AU91" s="3"/>
+      <c r="AV91" s="3"/>
+      <c r="AW91" s="3"/>
+      <c r="AX91" s="3"/>
+      <c r="AY91" s="3"/>
+      <c r="AZ91" s="3"/>
+      <c r="BA91" s="3"/>
+      <c r="BB91" s="3"/>
+      <c r="BC91" s="3"/>
+      <c r="BD91" s="3"/>
+      <c r="BE91" s="3"/>
+      <c r="BF91" s="3"/>
+      <c r="BG91" s="3"/>
+      <c r="BH91" s="3"/>
+      <c r="BI91" s="3"/>
+      <c r="BJ91" s="3"/>
+      <c r="BK91" s="3"/>
+      <c r="BL91" s="3"/>
+      <c r="BM91" s="3"/>
+      <c r="BN91" s="3"/>
+      <c r="BO91" s="3"/>
+      <c r="BP91" s="3"/>
+      <c r="BQ91" s="3"/>
+      <c r="BR91" s="3"/>
+      <c r="BS91" s="3"/>
+      <c r="BT91" s="3"/>
+      <c r="BU91" s="3"/>
+      <c r="BV91" s="3"/>
+      <c r="BW91" s="3"/>
+      <c r="BX91" s="3"/>
+      <c r="BY91" s="3"/>
+      <c r="BZ91" s="3"/>
+      <c r="CA91" s="3"/>
+      <c r="CB91" s="3"/>
+      <c r="CC91" s="3"/>
+      <c r="CD91" s="3"/>
+      <c r="CE91" s="3"/>
+      <c r="CF91" s="3"/>
+      <c r="CG91" s="3"/>
+      <c r="CH91" s="3"/>
+      <c r="CI91" s="3"/>
+      <c r="CJ91" s="3"/>
+      <c r="CK91" s="3"/>
+      <c r="CL91" s="3"/>
+      <c r="CM91" s="3"/>
+      <c r="CN91" s="3"/>
     </row>
-    <row r="92" spans="1:9">
+    <row r="92" spans="1:92">
       <c r="A92" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="C92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="D92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="E92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="F92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="G92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="H92" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I92" t="s">
-        <v>71</v>
+        <v>101</v>
+      </c>
+      <c r="J92" t="s">
+        <v>101</v>
+      </c>
+      <c r="K92" t="s">
+        <v>101</v>
+      </c>
+      <c r="L92" t="s">
+        <v>101</v>
+      </c>
+      <c r="M92" t="s">
+        <v>101</v>
+      </c>
+      <c r="N92" t="s">
+        <v>101</v>
+      </c>
+      <c r="O92" t="s">
+        <v>101</v>
+      </c>
+      <c r="P92" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>101</v>
+      </c>
+      <c r="R92" t="s">
+        <v>101</v>
+      </c>
+      <c r="S92" t="s">
+        <v>101</v>
+      </c>
+      <c r="T92" t="s">
+        <v>101</v>
+      </c>
+      <c r="U92" t="s">
+        <v>101</v>
+      </c>
+      <c r="V92" t="s">
+        <v>101</v>
+      </c>
+      <c r="W92" t="s">
+        <v>101</v>
+      </c>
+      <c r="X92" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AE92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AF92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AG92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AI92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AJ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AK92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AL92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AM92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AN92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AO92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AP92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AQ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AR92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AS92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AT92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AU92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AV92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AY92" t="s">
+        <v>101</v>
+      </c>
+      <c r="AZ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BA92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BC92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BD92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BE92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BF92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BG92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BH92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BI92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BJ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BK92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BL92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BM92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BN92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BO92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BP92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BQ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BR92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BS92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BT92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BU92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BV92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BW92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BX92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BY92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BZ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CA92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CB92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CC92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CD92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CE92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CF92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CG92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CH92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CI92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CJ92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CK92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CL92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CM92" t="s">
+        <v>101</v>
+      </c>
+      <c r="CN92" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="93" spans="1:9">
+    <row r="93" spans="1:92">
       <c r="A93" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="D93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="E93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="F93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="H93" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I93" t="s">
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="J93" t="s">
+        <v>55</v>
+      </c>
+      <c r="K93" t="s">
+        <v>55</v>
+      </c>
+      <c r="L93" t="s">
+        <v>55</v>
+      </c>
+      <c r="M93" t="s">
+        <v>55</v>
+      </c>
+      <c r="N93" t="s">
+        <v>55</v>
+      </c>
+      <c r="O93" t="s">
+        <v>55</v>
+      </c>
+      <c r="P93" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>55</v>
+      </c>
+      <c r="R93" t="s">
+        <v>55</v>
+      </c>
+      <c r="S93" t="s">
+        <v>55</v>
+      </c>
+      <c r="T93" t="s">
+        <v>55</v>
+      </c>
+      <c r="U93" t="s">
+        <v>55</v>
+      </c>
+      <c r="V93" t="s">
+        <v>55</v>
+      </c>
+      <c r="W93" t="s">
+        <v>55</v>
+      </c>
+      <c r="X93" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AJ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AK93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AM93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AP93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AS93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AT93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AU93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AV93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AX93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AY93" t="s">
+        <v>55</v>
+      </c>
+      <c r="AZ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BA93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BB93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BC93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BD93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BE93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BG93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BH93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BI93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BJ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BY93" t="s">
+        <v>55</v>
+      </c>
+      <c r="BZ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CA93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CB93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CC93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CD93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CE93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CF93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CG93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CH93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CI93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CJ93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CK93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CL93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CM93" t="s">
+        <v>55</v>
+      </c>
+      <c r="CN93" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="94" spans="1:9">
+    <row r="94" spans="1:92">
       <c r="A94" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="C94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="D94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="E94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="F94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="G94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="H94" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="I94" t="s">
-        <v>72</v>
+        <v>102</v>
+      </c>
+      <c r="J94" t="s">
+        <v>102</v>
+      </c>
+      <c r="K94" t="s">
+        <v>102</v>
+      </c>
+      <c r="L94" t="s">
+        <v>102</v>
+      </c>
+      <c r="M94" t="s">
+        <v>102</v>
+      </c>
+      <c r="N94" t="s">
+        <v>102</v>
+      </c>
+      <c r="O94" t="s">
+        <v>102</v>
+      </c>
+      <c r="P94" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>102</v>
+      </c>
+      <c r="R94" t="s">
+        <v>102</v>
+      </c>
+      <c r="S94" t="s">
+        <v>102</v>
+      </c>
+      <c r="T94" t="s">
+        <v>102</v>
+      </c>
+      <c r="U94" t="s">
+        <v>102</v>
+      </c>
+      <c r="V94" t="s">
+        <v>102</v>
+      </c>
+      <c r="W94" t="s">
+        <v>102</v>
+      </c>
+      <c r="X94" t="s">
+        <v>102</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AG94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AI94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AJ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AK94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AL94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AM94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AO94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AP94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AQ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AR94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AT94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AU94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AV94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AW94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AX94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AY94" t="s">
+        <v>102</v>
+      </c>
+      <c r="AZ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BA94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BB94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BD94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BE94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BF94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BG94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BH94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BI94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BJ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BK94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BL94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BM94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BN94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BO94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BP94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BQ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BR94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BS94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BT94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BU94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BV94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BW94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BX94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BY94" t="s">
+        <v>102</v>
+      </c>
+      <c r="BZ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CA94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CB94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CC94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CD94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CE94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CF94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CG94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CH94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CI94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CJ94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CK94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CL94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CM94" t="s">
+        <v>102</v>
+      </c>
+      <c r="CN94" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="95" spans="1:9">
+    <row r="95" spans="1:92">
       <c r="A95" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B95" t="s">
+        <v>103</v>
+      </c>
+      <c r="C95" t="s">
+        <v>103</v>
+      </c>
+      <c r="D95" t="s">
+        <v>103</v>
+      </c>
+      <c r="E95" t="s">
+        <v>103</v>
+      </c>
+      <c r="F95" t="s">
+        <v>103</v>
+      </c>
+      <c r="G95" t="s">
+        <v>103</v>
+      </c>
+      <c r="H95" t="s">
+        <v>103</v>
+      </c>
+      <c r="I95" t="s">
+        <v>103</v>
+      </c>
+      <c r="J95" t="s">
+        <v>103</v>
+      </c>
+      <c r="K95" t="s">
+        <v>103</v>
+      </c>
+      <c r="L95" t="s">
+        <v>103</v>
+      </c>
+      <c r="M95" t="s">
+        <v>103</v>
+      </c>
+      <c r="N95" t="s">
+        <v>103</v>
+      </c>
+      <c r="O95" t="s">
+        <v>103</v>
+      </c>
+      <c r="P95" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>103</v>
+      </c>
+      <c r="R95" t="s">
+        <v>103</v>
+      </c>
+      <c r="S95" t="s">
+        <v>103</v>
+      </c>
+      <c r="T95" t="s">
+        <v>103</v>
+      </c>
+      <c r="U95" t="s">
+        <v>103</v>
+      </c>
+      <c r="V95" t="s">
+        <v>103</v>
+      </c>
+      <c r="W95" t="s">
+        <v>103</v>
+      </c>
+      <c r="X95" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AG95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AI95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AK95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AM95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AN95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AO95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AP95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AQ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AR95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AS95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AT95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AU95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AV95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AW95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AX95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AY95" t="s">
+        <v>103</v>
+      </c>
+      <c r="AZ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BA95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BB95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BC95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BE95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BF95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BG95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BH95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BI95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BJ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BK95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BL95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BM95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BN95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BO95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BP95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BQ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BR95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BS95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BT95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BU95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BV95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BW95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BX95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BY95" t="s">
+        <v>103</v>
+      </c>
+      <c r="BZ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CA95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CB95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CC95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CD95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CE95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CF95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CG95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CH95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CI95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CJ95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CK95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CL95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CM95" t="s">
+        <v>103</v>
+      </c>
+      <c r="CN95" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="96" spans="1:92">
+      <c r="A96" t="s">
+        <v>43</v>
+      </c>
+      <c r="B96" t="s">
         <v>58</v>
       </c>
-      <c r="C95" t="s">
+      <c r="C96" t="s">
         <v>58</v>
       </c>
-      <c r="D95" t="s">
+      <c r="D96" t="s">
         <v>58</v>
       </c>
-      <c r="E95" t="s">
+      <c r="E96" t="s">
         <v>58</v>
       </c>
-      <c r="F95" t="s">
+      <c r="F96" t="s">
         <v>58</v>
       </c>
-      <c r="G95" t="s">
+      <c r="G96" t="s">
         <v>58</v>
       </c>
-      <c r="H95" t="s">
+      <c r="H96" t="s">
         <v>58</v>
       </c>
-      <c r="I95" t="s">
+      <c r="I96" t="s">
         <v>58</v>
       </c>
+      <c r="J96" t="s">
+        <v>58</v>
+      </c>
+      <c r="K96" t="s">
+        <v>58</v>
+      </c>
+      <c r="L96" t="s">
+        <v>58</v>
+      </c>
+      <c r="M96" t="s">
+        <v>58</v>
+      </c>
+      <c r="N96" t="s">
+        <v>58</v>
+      </c>
+      <c r="O96" t="s">
+        <v>58</v>
+      </c>
+      <c r="P96" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>58</v>
+      </c>
+      <c r="R96" t="s">
+        <v>58</v>
+      </c>
+      <c r="S96" t="s">
+        <v>58</v>
+      </c>
+      <c r="T96" t="s">
+        <v>58</v>
+      </c>
+      <c r="U96" t="s">
+        <v>58</v>
+      </c>
+      <c r="V96" t="s">
+        <v>58</v>
+      </c>
+      <c r="W96" t="s">
+        <v>58</v>
+      </c>
+      <c r="X96" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AV96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AW96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AY96" t="s">
+        <v>58</v>
+      </c>
+      <c r="AZ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BA96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BB96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BC96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BD96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BE96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BF96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BG96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BH96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BI96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BJ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BK96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BL96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BM96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BN96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BO96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BP96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BQ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BR96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BS96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BT96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BU96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BV96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BW96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BX96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BY96" t="s">
+        <v>58</v>
+      </c>
+      <c r="BZ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CA96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CB96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CC96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CD96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CE96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CF96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CG96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CH96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CI96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CJ96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CK96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CL96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CM96" t="s">
+        <v>58</v>
+      </c>
+      <c r="CN96" t="s">
+        <v>58</v>
+      </c>
     </row>
-    <row r="96" spans="1:9">
-[...28 lines deleted...]
-    <row r="97" spans="1:9">
+    <row r="97" spans="1:92">
       <c r="A97" s="3" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="B97" s="3"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
+      <c r="J97" s="3"/>
+      <c r="K97" s="3"/>
+      <c r="L97" s="3"/>
+      <c r="M97" s="3"/>
+      <c r="N97" s="3"/>
+      <c r="O97" s="3"/>
+      <c r="P97" s="3"/>
+      <c r="Q97" s="3"/>
+      <c r="R97" s="3"/>
+      <c r="S97" s="3"/>
+      <c r="T97" s="3"/>
+      <c r="U97" s="3"/>
+      <c r="V97" s="3"/>
+      <c r="W97" s="3"/>
+      <c r="X97" s="3"/>
+      <c r="Y97" s="3"/>
+      <c r="Z97" s="3"/>
+      <c r="AA97" s="3"/>
+      <c r="AB97" s="3"/>
+      <c r="AC97" s="3"/>
+      <c r="AD97" s="3"/>
+      <c r="AE97" s="3"/>
+      <c r="AF97" s="3"/>
+      <c r="AG97" s="3"/>
+      <c r="AH97" s="3"/>
+      <c r="AI97" s="3"/>
+      <c r="AJ97" s="3"/>
+      <c r="AK97" s="3"/>
+      <c r="AL97" s="3"/>
+      <c r="AM97" s="3"/>
+      <c r="AN97" s="3"/>
+      <c r="AO97" s="3"/>
+      <c r="AP97" s="3"/>
+      <c r="AQ97" s="3"/>
+      <c r="AR97" s="3"/>
+      <c r="AS97" s="3"/>
+      <c r="AT97" s="3"/>
+      <c r="AU97" s="3"/>
+      <c r="AV97" s="3"/>
+      <c r="AW97" s="3"/>
+      <c r="AX97" s="3"/>
+      <c r="AY97" s="3"/>
+      <c r="AZ97" s="3"/>
+      <c r="BA97" s="3"/>
+      <c r="BB97" s="3"/>
+      <c r="BC97" s="3"/>
+      <c r="BD97" s="3"/>
+      <c r="BE97" s="3"/>
+      <c r="BF97" s="3"/>
+      <c r="BG97" s="3"/>
+      <c r="BH97" s="3"/>
+      <c r="BI97" s="3"/>
+      <c r="BJ97" s="3"/>
+      <c r="BK97" s="3"/>
+      <c r="BL97" s="3"/>
+      <c r="BM97" s="3"/>
+      <c r="BN97" s="3"/>
+      <c r="BO97" s="3"/>
+      <c r="BP97" s="3"/>
+      <c r="BQ97" s="3"/>
+      <c r="BR97" s="3"/>
+      <c r="BS97" s="3"/>
+      <c r="BT97" s="3"/>
+      <c r="BU97" s="3"/>
+      <c r="BV97" s="3"/>
+      <c r="BW97" s="3"/>
+      <c r="BX97" s="3"/>
+      <c r="BY97" s="3"/>
+      <c r="BZ97" s="3"/>
+      <c r="CA97" s="3"/>
+      <c r="CB97" s="3"/>
+      <c r="CC97" s="3"/>
+      <c r="CD97" s="3"/>
+      <c r="CE97" s="3"/>
+      <c r="CF97" s="3"/>
+      <c r="CG97" s="3"/>
+      <c r="CH97" s="3"/>
+      <c r="CI97" s="3"/>
+      <c r="CJ97" s="3"/>
+      <c r="CK97" s="3"/>
+      <c r="CL97" s="3"/>
+      <c r="CM97" s="3"/>
+      <c r="CN97" s="3"/>
     </row>
-    <row r="98" spans="1:9">
+    <row r="98" spans="1:92">
       <c r="A98" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="C98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="D98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="E98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="F98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="G98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="H98" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="I98" t="s">
-        <v>73</v>
+        <v>104</v>
+      </c>
+      <c r="J98" t="s">
+        <v>104</v>
+      </c>
+      <c r="K98" t="s">
+        <v>104</v>
+      </c>
+      <c r="L98" t="s">
+        <v>104</v>
+      </c>
+      <c r="M98" t="s">
+        <v>104</v>
+      </c>
+      <c r="N98" t="s">
+        <v>104</v>
+      </c>
+      <c r="O98" t="s">
+        <v>104</v>
+      </c>
+      <c r="P98" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>104</v>
+      </c>
+      <c r="R98" t="s">
+        <v>104</v>
+      </c>
+      <c r="S98" t="s">
+        <v>104</v>
+      </c>
+      <c r="T98" t="s">
+        <v>104</v>
+      </c>
+      <c r="U98" t="s">
+        <v>104</v>
+      </c>
+      <c r="V98" t="s">
+        <v>104</v>
+      </c>
+      <c r="W98" t="s">
+        <v>104</v>
+      </c>
+      <c r="X98" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AW98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY98" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BA98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BB98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BC98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BD98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BF98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BG98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BH98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BI98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BJ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BK98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BL98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BM98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BN98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BO98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BP98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BQ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BR98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BS98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BT98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BU98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BV98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BW98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BX98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BY98" t="s">
+        <v>104</v>
+      </c>
+      <c r="BZ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CA98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CB98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CC98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CD98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CE98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CF98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CG98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CH98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CI98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CJ98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CK98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CL98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CM98" t="s">
+        <v>104</v>
+      </c>
+      <c r="CN98" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="99" spans="1:9">
+    <row r="99" spans="1:92">
       <c r="A99" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="D99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="E99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="F99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="H99" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I99" t="s">
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="J99" t="s">
+        <v>55</v>
+      </c>
+      <c r="K99" t="s">
+        <v>55</v>
+      </c>
+      <c r="L99" t="s">
+        <v>55</v>
+      </c>
+      <c r="M99" t="s">
+        <v>55</v>
+      </c>
+      <c r="N99" t="s">
+        <v>55</v>
+      </c>
+      <c r="O99" t="s">
+        <v>55</v>
+      </c>
+      <c r="P99" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>55</v>
+      </c>
+      <c r="R99" t="s">
+        <v>55</v>
+      </c>
+      <c r="S99" t="s">
+        <v>55</v>
+      </c>
+      <c r="T99" t="s">
+        <v>55</v>
+      </c>
+      <c r="U99" t="s">
+        <v>55</v>
+      </c>
+      <c r="V99" t="s">
+        <v>55</v>
+      </c>
+      <c r="W99" t="s">
+        <v>55</v>
+      </c>
+      <c r="X99" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AJ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AK99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AM99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AP99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AS99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AT99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AU99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AV99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AX99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AY99" t="s">
+        <v>55</v>
+      </c>
+      <c r="AZ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BA99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BB99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BC99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BD99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BE99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BG99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BH99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BI99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BJ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BY99" t="s">
+        <v>55</v>
+      </c>
+      <c r="BZ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CA99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CB99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CC99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CD99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CE99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CF99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CG99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CH99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CI99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CJ99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CK99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CL99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CM99" t="s">
+        <v>55</v>
+      </c>
+      <c r="CN99" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="100" spans="1:9">
+    <row r="100" spans="1:92">
       <c r="A100" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="C100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="D100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="E100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="F100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="G100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="H100" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="I100" t="s">
-        <v>74</v>
+        <v>105</v>
+      </c>
+      <c r="J100" t="s">
+        <v>105</v>
+      </c>
+      <c r="K100" t="s">
+        <v>105</v>
+      </c>
+      <c r="L100" t="s">
+        <v>105</v>
+      </c>
+      <c r="M100" t="s">
+        <v>105</v>
+      </c>
+      <c r="N100" t="s">
+        <v>105</v>
+      </c>
+      <c r="O100" t="s">
+        <v>105</v>
+      </c>
+      <c r="P100" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>105</v>
+      </c>
+      <c r="R100" t="s">
+        <v>105</v>
+      </c>
+      <c r="S100" t="s">
+        <v>105</v>
+      </c>
+      <c r="T100" t="s">
+        <v>105</v>
+      </c>
+      <c r="U100" t="s">
+        <v>105</v>
+      </c>
+      <c r="V100" t="s">
+        <v>105</v>
+      </c>
+      <c r="W100" t="s">
+        <v>105</v>
+      </c>
+      <c r="X100" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AH100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AI100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AM100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AO100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AP100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AQ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AS100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AT100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AU100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AV100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AW100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AX100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AY100" t="s">
+        <v>105</v>
+      </c>
+      <c r="AZ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BA100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BB100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BC100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BD100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BE100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BF100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BG100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BH100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BI100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BJ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BK100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BL100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BM100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BN100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BO100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BP100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BQ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BR100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BS100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BT100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BU100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BV100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BW100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BX100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BY100" t="s">
+        <v>105</v>
+      </c>
+      <c r="BZ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CA100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CB100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CC100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CD100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CE100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CF100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CG100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CH100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CI100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CJ100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CK100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CL100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CM100" t="s">
+        <v>105</v>
+      </c>
+      <c r="CN100" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="101" spans="1:9">
+    <row r="101" spans="1:92">
       <c r="A101" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="C101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="D101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="E101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="F101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="G101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="H101" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="I101" t="s">
-        <v>75</v>
+        <v>106</v>
+      </c>
+      <c r="J101" t="s">
+        <v>106</v>
+      </c>
+      <c r="K101" t="s">
+        <v>106</v>
+      </c>
+      <c r="L101" t="s">
+        <v>106</v>
+      </c>
+      <c r="M101" t="s">
+        <v>106</v>
+      </c>
+      <c r="N101" t="s">
+        <v>106</v>
+      </c>
+      <c r="O101" t="s">
+        <v>106</v>
+      </c>
+      <c r="P101" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>106</v>
+      </c>
+      <c r="R101" t="s">
+        <v>106</v>
+      </c>
+      <c r="S101" t="s">
+        <v>106</v>
+      </c>
+      <c r="T101" t="s">
+        <v>106</v>
+      </c>
+      <c r="U101" t="s">
+        <v>106</v>
+      </c>
+      <c r="V101" t="s">
+        <v>106</v>
+      </c>
+      <c r="W101" t="s">
+        <v>106</v>
+      </c>
+      <c r="X101" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AE101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AG101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AI101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AJ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AK101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AM101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AO101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AP101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AQ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AR101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AS101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AT101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AU101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AV101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AW101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AX101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AY101" t="s">
+        <v>106</v>
+      </c>
+      <c r="AZ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BA101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BC101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BD101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BE101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BG101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BH101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BI101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BK101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BM101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BO101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BQ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BS101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BU101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BV101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BW101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BX101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BY101" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CA101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CC101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CD101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CE101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CG101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CH101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CI101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CK101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CM101" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN101" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="102" spans="1:9">
+    <row r="102" spans="1:92">
       <c r="A102" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="C102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="D102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="E102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="G102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="H102" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="I102" t="s">
-        <v>19</v>
+        <v>58</v>
+      </c>
+      <c r="J102" t="s">
+        <v>58</v>
+      </c>
+      <c r="K102" t="s">
+        <v>58</v>
+      </c>
+      <c r="L102" t="s">
+        <v>58</v>
+      </c>
+      <c r="M102" t="s">
+        <v>58</v>
+      </c>
+      <c r="N102" t="s">
+        <v>58</v>
+      </c>
+      <c r="O102" t="s">
+        <v>58</v>
+      </c>
+      <c r="P102" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>58</v>
+      </c>
+      <c r="R102" t="s">
+        <v>58</v>
+      </c>
+      <c r="S102" t="s">
+        <v>58</v>
+      </c>
+      <c r="T102" t="s">
+        <v>58</v>
+      </c>
+      <c r="U102" t="s">
+        <v>58</v>
+      </c>
+      <c r="V102" t="s">
+        <v>58</v>
+      </c>
+      <c r="W102" t="s">
+        <v>58</v>
+      </c>
+      <c r="X102" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AV102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AW102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AY102" t="s">
+        <v>58</v>
+      </c>
+      <c r="AZ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BA102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BB102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BC102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BD102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BE102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BF102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BG102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BH102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BI102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BJ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BK102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BL102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BM102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BN102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BO102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BP102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BQ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BR102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BS102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BT102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BU102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BV102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BW102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BX102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BY102" t="s">
+        <v>58</v>
+      </c>
+      <c r="BZ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CA102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CB102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CC102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CD102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CE102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CF102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CG102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CH102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CI102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CJ102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CK102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CL102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CM102" t="s">
+        <v>58</v>
+      </c>
+      <c r="CN102" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="103" spans="1:9">
+    <row r="103" spans="1:92">
       <c r="A103" s="4"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
       <c r="E103" s="4"/>
       <c r="F103" s="4"/>
       <c r="G103" s="4"/>
       <c r="H103" s="4"/>
       <c r="I103" s="4"/>
+      <c r="J103" s="4"/>
+      <c r="K103" s="4"/>
+      <c r="L103" s="4"/>
+      <c r="M103" s="4"/>
+      <c r="N103" s="4"/>
+      <c r="O103" s="4"/>
+      <c r="P103" s="4"/>
+      <c r="Q103" s="4"/>
+      <c r="R103" s="4"/>
+      <c r="S103" s="4"/>
+      <c r="T103" s="4"/>
+      <c r="U103" s="4"/>
+      <c r="V103" s="4"/>
+      <c r="W103" s="4"/>
+      <c r="X103" s="4"/>
+      <c r="Y103" s="4"/>
+      <c r="Z103" s="4"/>
+      <c r="AA103" s="4"/>
+      <c r="AB103" s="4"/>
+      <c r="AC103" s="4"/>
+      <c r="AD103" s="4"/>
+      <c r="AE103" s="4"/>
+      <c r="AF103" s="4"/>
+      <c r="AG103" s="4"/>
+      <c r="AH103" s="4"/>
+      <c r="AI103" s="4"/>
+      <c r="AJ103" s="4"/>
+      <c r="AK103" s="4"/>
+      <c r="AL103" s="4"/>
+      <c r="AM103" s="4"/>
+      <c r="AN103" s="4"/>
+      <c r="AO103" s="4"/>
+      <c r="AP103" s="4"/>
+      <c r="AQ103" s="4"/>
+      <c r="AR103" s="4"/>
+      <c r="AS103" s="4"/>
+      <c r="AT103" s="4"/>
+      <c r="AU103" s="4"/>
+      <c r="AV103" s="4"/>
+      <c r="AW103" s="4"/>
+      <c r="AX103" s="4"/>
+      <c r="AY103" s="4"/>
+      <c r="AZ103" s="4"/>
+      <c r="BA103" s="4"/>
+      <c r="BB103" s="4"/>
+      <c r="BC103" s="4"/>
+      <c r="BD103" s="4"/>
+      <c r="BE103" s="4"/>
+      <c r="BF103" s="4"/>
+      <c r="BG103" s="4"/>
+      <c r="BH103" s="4"/>
+      <c r="BI103" s="4"/>
+      <c r="BJ103" s="4"/>
+      <c r="BK103" s="4"/>
+      <c r="BL103" s="4"/>
+      <c r="BM103" s="4"/>
+      <c r="BN103" s="4"/>
+      <c r="BO103" s="4"/>
+      <c r="BP103" s="4"/>
+      <c r="BQ103" s="4"/>
+      <c r="BR103" s="4"/>
+      <c r="BS103" s="4"/>
+      <c r="BT103" s="4"/>
+      <c r="BU103" s="4"/>
+      <c r="BV103" s="4"/>
+      <c r="BW103" s="4"/>
+      <c r="BX103" s="4"/>
+      <c r="BY103" s="4"/>
+      <c r="BZ103" s="4"/>
+      <c r="CA103" s="4"/>
+      <c r="CB103" s="4"/>
+      <c r="CC103" s="4"/>
+      <c r="CD103" s="4"/>
+      <c r="CE103" s="4"/>
+      <c r="CF103" s="4"/>
+      <c r="CG103" s="4"/>
+      <c r="CH103" s="4"/>
+      <c r="CI103" s="4"/>
+      <c r="CJ103" s="4"/>
+      <c r="CK103" s="4"/>
+      <c r="CL103" s="4"/>
+      <c r="CM103" s="4"/>
+      <c r="CN103" s="4"/>
     </row>
-    <row r="104" spans="1:9">
+    <row r="104" spans="1:92">
       <c r="A104" s="2" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
+      <c r="J104" s="2"/>
+      <c r="K104" s="2"/>
+      <c r="L104" s="2"/>
+      <c r="M104" s="2"/>
+      <c r="N104" s="2"/>
+      <c r="O104" s="2"/>
+      <c r="P104" s="2"/>
+      <c r="Q104" s="2"/>
+      <c r="R104" s="2"/>
+      <c r="S104" s="2"/>
+      <c r="T104" s="2"/>
+      <c r="U104" s="2"/>
+      <c r="V104" s="2"/>
+      <c r="W104" s="2"/>
+      <c r="X104" s="2"/>
+      <c r="Y104" s="2"/>
+      <c r="Z104" s="2"/>
+      <c r="AA104" s="2"/>
+      <c r="AB104" s="2"/>
+      <c r="AC104" s="2"/>
+      <c r="AD104" s="2"/>
+      <c r="AE104" s="2"/>
+      <c r="AF104" s="2"/>
+      <c r="AG104" s="2"/>
+      <c r="AH104" s="2"/>
+      <c r="AI104" s="2"/>
+      <c r="AJ104" s="2"/>
+      <c r="AK104" s="2"/>
+      <c r="AL104" s="2"/>
+      <c r="AM104" s="2"/>
+      <c r="AN104" s="2"/>
+      <c r="AO104" s="2"/>
+      <c r="AP104" s="2"/>
+      <c r="AQ104" s="2"/>
+      <c r="AR104" s="2"/>
+      <c r="AS104" s="2"/>
+      <c r="AT104" s="2"/>
+      <c r="AU104" s="2"/>
+      <c r="AV104" s="2"/>
+      <c r="AW104" s="2"/>
+      <c r="AX104" s="2"/>
+      <c r="AY104" s="2"/>
+      <c r="AZ104" s="2"/>
+      <c r="BA104" s="2"/>
+      <c r="BB104" s="2"/>
+      <c r="BC104" s="2"/>
+      <c r="BD104" s="2"/>
+      <c r="BE104" s="2"/>
+      <c r="BF104" s="2"/>
+      <c r="BG104" s="2"/>
+      <c r="BH104" s="2"/>
+      <c r="BI104" s="2"/>
+      <c r="BJ104" s="2"/>
+      <c r="BK104" s="2"/>
+      <c r="BL104" s="2"/>
+      <c r="BM104" s="2"/>
+      <c r="BN104" s="2"/>
+      <c r="BO104" s="2"/>
+      <c r="BP104" s="2"/>
+      <c r="BQ104" s="2"/>
+      <c r="BR104" s="2"/>
+      <c r="BS104" s="2"/>
+      <c r="BT104" s="2"/>
+      <c r="BU104" s="2"/>
+      <c r="BV104" s="2"/>
+      <c r="BW104" s="2"/>
+      <c r="BX104" s="2"/>
+      <c r="BY104" s="2"/>
+      <c r="BZ104" s="2"/>
+      <c r="CA104" s="2"/>
+      <c r="CB104" s="2"/>
+      <c r="CC104" s="2"/>
+      <c r="CD104" s="2"/>
+      <c r="CE104" s="2"/>
+      <c r="CF104" s="2"/>
+      <c r="CG104" s="2"/>
+      <c r="CH104" s="2"/>
+      <c r="CI104" s="2"/>
+      <c r="CJ104" s="2"/>
+      <c r="CK104" s="2"/>
+      <c r="CL104" s="2"/>
+      <c r="CM104" s="2"/>
+      <c r="CN104" s="2"/>
     </row>
-    <row r="105" spans="1:9">
+    <row r="105" spans="1:92">
       <c r="A105" s="3" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
       <c r="B105" s="3"/>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
+      <c r="J105" s="3"/>
+      <c r="K105" s="3"/>
+      <c r="L105" s="3"/>
+      <c r="M105" s="3"/>
+      <c r="N105" s="3"/>
+      <c r="O105" s="3"/>
+      <c r="P105" s="3"/>
+      <c r="Q105" s="3"/>
+      <c r="R105" s="3"/>
+      <c r="S105" s="3"/>
+      <c r="T105" s="3"/>
+      <c r="U105" s="3"/>
+      <c r="V105" s="3"/>
+      <c r="W105" s="3"/>
+      <c r="X105" s="3"/>
+      <c r="Y105" s="3"/>
+      <c r="Z105" s="3"/>
+      <c r="AA105" s="3"/>
+      <c r="AB105" s="3"/>
+      <c r="AC105" s="3"/>
+      <c r="AD105" s="3"/>
+      <c r="AE105" s="3"/>
+      <c r="AF105" s="3"/>
+      <c r="AG105" s="3"/>
+      <c r="AH105" s="3"/>
+      <c r="AI105" s="3"/>
+      <c r="AJ105" s="3"/>
+      <c r="AK105" s="3"/>
+      <c r="AL105" s="3"/>
+      <c r="AM105" s="3"/>
+      <c r="AN105" s="3"/>
+      <c r="AO105" s="3"/>
+      <c r="AP105" s="3"/>
+      <c r="AQ105" s="3"/>
+      <c r="AR105" s="3"/>
+      <c r="AS105" s="3"/>
+      <c r="AT105" s="3"/>
+      <c r="AU105" s="3"/>
+      <c r="AV105" s="3"/>
+      <c r="AW105" s="3"/>
+      <c r="AX105" s="3"/>
+      <c r="AY105" s="3"/>
+      <c r="AZ105" s="3"/>
+      <c r="BA105" s="3"/>
+      <c r="BB105" s="3"/>
+      <c r="BC105" s="3"/>
+      <c r="BD105" s="3"/>
+      <c r="BE105" s="3"/>
+      <c r="BF105" s="3"/>
+      <c r="BG105" s="3"/>
+      <c r="BH105" s="3"/>
+      <c r="BI105" s="3"/>
+      <c r="BJ105" s="3"/>
+      <c r="BK105" s="3"/>
+      <c r="BL105" s="3"/>
+      <c r="BM105" s="3"/>
+      <c r="BN105" s="3"/>
+      <c r="BO105" s="3"/>
+      <c r="BP105" s="3"/>
+      <c r="BQ105" s="3"/>
+      <c r="BR105" s="3"/>
+      <c r="BS105" s="3"/>
+      <c r="BT105" s="3"/>
+      <c r="BU105" s="3"/>
+      <c r="BV105" s="3"/>
+      <c r="BW105" s="3"/>
+      <c r="BX105" s="3"/>
+      <c r="BY105" s="3"/>
+      <c r="BZ105" s="3"/>
+      <c r="CA105" s="3"/>
+      <c r="CB105" s="3"/>
+      <c r="CC105" s="3"/>
+      <c r="CD105" s="3"/>
+      <c r="CE105" s="3"/>
+      <c r="CF105" s="3"/>
+      <c r="CG105" s="3"/>
+      <c r="CH105" s="3"/>
+      <c r="CI105" s="3"/>
+      <c r="CJ105" s="3"/>
+      <c r="CK105" s="3"/>
+      <c r="CL105" s="3"/>
+      <c r="CM105" s="3"/>
+      <c r="CN105" s="3"/>
     </row>
-    <row r="106" spans="1:9">
+    <row r="106" spans="1:92">
       <c r="A106" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="C106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="D106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="E106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="F106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="G106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="H106" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="I106" t="s">
-        <v>78</v>
+        <v>109</v>
+      </c>
+      <c r="J106" t="s">
+        <v>109</v>
+      </c>
+      <c r="K106" t="s">
+        <v>109</v>
+      </c>
+      <c r="L106" t="s">
+        <v>109</v>
+      </c>
+      <c r="M106" t="s">
+        <v>109</v>
+      </c>
+      <c r="N106" t="s">
+        <v>109</v>
+      </c>
+      <c r="O106" t="s">
+        <v>109</v>
+      </c>
+      <c r="P106" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>109</v>
+      </c>
+      <c r="R106" t="s">
+        <v>109</v>
+      </c>
+      <c r="S106" t="s">
+        <v>109</v>
+      </c>
+      <c r="T106" t="s">
+        <v>109</v>
+      </c>
+      <c r="U106" t="s">
+        <v>109</v>
+      </c>
+      <c r="V106" t="s">
+        <v>109</v>
+      </c>
+      <c r="W106" t="s">
+        <v>109</v>
+      </c>
+      <c r="X106" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AN106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AV106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AW106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AX106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AY106" t="s">
+        <v>109</v>
+      </c>
+      <c r="AZ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BA106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BB106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BC106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BD106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BE106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BF106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BG106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BH106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BI106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BJ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BK106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BL106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BM106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BN106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BO106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BP106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BQ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BR106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BS106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BT106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BU106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BV106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BW106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BX106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BY106" t="s">
+        <v>109</v>
+      </c>
+      <c r="BZ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CA106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CB106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CC106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CD106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CE106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CF106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CG106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CH106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CI106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CJ106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CK106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CL106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CM106" t="s">
+        <v>109</v>
+      </c>
+      <c r="CN106" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="107" spans="1:9">
+    <row r="107" spans="1:92">
       <c r="A107" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="C107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="D107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="E107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="H107" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="I107" t="s">
-        <v>13</v>
+        <v>110</v>
+      </c>
+      <c r="J107" t="s">
+        <v>110</v>
+      </c>
+      <c r="K107" t="s">
+        <v>110</v>
+      </c>
+      <c r="L107" t="s">
+        <v>110</v>
+      </c>
+      <c r="M107" t="s">
+        <v>110</v>
+      </c>
+      <c r="N107" t="s">
+        <v>110</v>
+      </c>
+      <c r="O107" t="s">
+        <v>110</v>
+      </c>
+      <c r="P107" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>110</v>
+      </c>
+      <c r="R107" t="s">
+        <v>110</v>
+      </c>
+      <c r="S107" t="s">
+        <v>110</v>
+      </c>
+      <c r="T107" t="s">
+        <v>110</v>
+      </c>
+      <c r="U107" t="s">
+        <v>110</v>
+      </c>
+      <c r="V107" t="s">
+        <v>110</v>
+      </c>
+      <c r="W107" t="s">
+        <v>110</v>
+      </c>
+      <c r="X107" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AD107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AE107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AG107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AH107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AI107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AJ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AN107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AO107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AP107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AQ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AR107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AW107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AX107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AY107" t="s">
+        <v>110</v>
+      </c>
+      <c r="AZ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BA107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BB107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BC107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BD107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BE107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BF107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BG107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BH107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BI107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BJ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BK107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BL107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BM107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BN107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BO107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BP107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BQ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BR107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BS107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BT107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BU107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BV107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BW107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BX107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BY107" t="s">
+        <v>110</v>
+      </c>
+      <c r="BZ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CA107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CB107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CC107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CD107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CE107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CF107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CG107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CH107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CI107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CJ107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CK107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CL107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CM107" t="s">
+        <v>110</v>
+      </c>
+      <c r="CN107" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="108" spans="1:9">
+    <row r="108" spans="1:92">
       <c r="A108" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="B108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="C108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="D108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="E108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="F108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="G108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="H108" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="I108" t="s">
-        <v>79</v>
+        <v>111</v>
+      </c>
+      <c r="J108" t="s">
+        <v>111</v>
+      </c>
+      <c r="K108" t="s">
+        <v>111</v>
+      </c>
+      <c r="L108" t="s">
+        <v>111</v>
+      </c>
+      <c r="M108" t="s">
+        <v>111</v>
+      </c>
+      <c r="N108" t="s">
+        <v>111</v>
+      </c>
+      <c r="O108" t="s">
+        <v>111</v>
+      </c>
+      <c r="P108" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>111</v>
+      </c>
+      <c r="R108" t="s">
+        <v>111</v>
+      </c>
+      <c r="S108" t="s">
+        <v>111</v>
+      </c>
+      <c r="T108" t="s">
+        <v>111</v>
+      </c>
+      <c r="U108" t="s">
+        <v>111</v>
+      </c>
+      <c r="V108" t="s">
+        <v>111</v>
+      </c>
+      <c r="W108" t="s">
+        <v>111</v>
+      </c>
+      <c r="X108" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AF108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AG108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AH108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AI108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AJ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AK108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AL108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AM108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AN108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AO108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AQ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AR108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AS108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AT108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AU108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AV108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AW108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AX108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AY108" t="s">
+        <v>111</v>
+      </c>
+      <c r="AZ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BA108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BB108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BC108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BD108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BE108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BF108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BG108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BH108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BI108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BJ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BK108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BL108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BM108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BN108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BO108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BP108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BQ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BR108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BS108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BT108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BU108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BV108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BW108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BX108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BY108" t="s">
+        <v>111</v>
+      </c>
+      <c r="BZ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CA108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CB108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CC108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CD108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CE108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CF108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CG108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CH108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CI108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CJ108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CK108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CL108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CM108" t="s">
+        <v>111</v>
+      </c>
+      <c r="CN108" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="109" spans="1:9">
+    <row r="109" spans="1:92">
       <c r="A109" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="C109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="D109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="E109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="F109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="G109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="H109" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="I109" t="s">
-        <v>80</v>
+        <v>112</v>
+      </c>
+      <c r="J109" t="s">
+        <v>112</v>
+      </c>
+      <c r="K109" t="s">
+        <v>112</v>
+      </c>
+      <c r="L109" t="s">
+        <v>112</v>
+      </c>
+      <c r="M109" t="s">
+        <v>112</v>
+      </c>
+      <c r="N109" t="s">
+        <v>112</v>
+      </c>
+      <c r="O109" t="s">
+        <v>112</v>
+      </c>
+      <c r="P109" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>112</v>
+      </c>
+      <c r="R109" t="s">
+        <v>112</v>
+      </c>
+      <c r="S109" t="s">
+        <v>112</v>
+      </c>
+      <c r="T109" t="s">
+        <v>112</v>
+      </c>
+      <c r="U109" t="s">
+        <v>112</v>
+      </c>
+      <c r="V109" t="s">
+        <v>112</v>
+      </c>
+      <c r="W109" t="s">
+        <v>112</v>
+      </c>
+      <c r="X109" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AE109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AF109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AG109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AH109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AI109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AJ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AK109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AL109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AO109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AP109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AR109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AS109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AT109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AU109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AV109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AW109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AX109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AY109" t="s">
+        <v>112</v>
+      </c>
+      <c r="AZ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BA109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BB109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BC109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BD109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BE109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BF109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BG109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BH109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BI109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BJ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BK109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BL109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BM109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BN109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BO109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BP109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BQ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BR109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BS109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BT109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BU109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BV109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BW109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BX109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BY109" t="s">
+        <v>112</v>
+      </c>
+      <c r="BZ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CA109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CB109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CC109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CD109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CE109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CF109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CG109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CH109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CI109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CJ109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CK109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CL109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CM109" t="s">
+        <v>112</v>
+      </c>
+      <c r="CN109" t="s">
+        <v>112</v>
       </c>
     </row>
-    <row r="110" spans="1:9">
+    <row r="110" spans="1:92">
       <c r="A110" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="C110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="F110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="G110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="H110" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="I110" t="s">
-        <v>17</v>
+        <v>113</v>
+      </c>
+      <c r="J110" t="s">
+        <v>113</v>
+      </c>
+      <c r="K110" t="s">
+        <v>113</v>
+      </c>
+      <c r="L110" t="s">
+        <v>113</v>
+      </c>
+      <c r="M110" t="s">
+        <v>113</v>
+      </c>
+      <c r="N110" t="s">
+        <v>113</v>
+      </c>
+      <c r="O110" t="s">
+        <v>113</v>
+      </c>
+      <c r="P110" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>113</v>
+      </c>
+      <c r="R110" t="s">
+        <v>113</v>
+      </c>
+      <c r="S110" t="s">
+        <v>113</v>
+      </c>
+      <c r="T110" t="s">
+        <v>113</v>
+      </c>
+      <c r="U110" t="s">
+        <v>113</v>
+      </c>
+      <c r="V110" t="s">
+        <v>113</v>
+      </c>
+      <c r="W110" t="s">
+        <v>113</v>
+      </c>
+      <c r="X110" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AM110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AN110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AO110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AU110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AV110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AW110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AX110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AY110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AZ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BA110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BB110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BC110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BD110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BE110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BF110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BK110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BL110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BM110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BN110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BO110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BP110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BQ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BR110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BS110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BT110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BU110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BV110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BW110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BX110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BY110" t="s">
+        <v>113</v>
+      </c>
+      <c r="BZ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CA110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CB110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CC110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CD110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CE110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CF110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CG110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CH110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CI110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CJ110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CK110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CL110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CM110" t="s">
+        <v>113</v>
+      </c>
+      <c r="CN110" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="111" spans="1:9">
+    <row r="111" spans="1:92">
       <c r="A111" s="4"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="4"/>
       <c r="F111" s="4"/>
       <c r="G111" s="4"/>
       <c r="H111" s="4"/>
       <c r="I111" s="4"/>
+      <c r="J111" s="4"/>
+      <c r="K111" s="4"/>
+      <c r="L111" s="4"/>
+      <c r="M111" s="4"/>
+      <c r="N111" s="4"/>
+      <c r="O111" s="4"/>
+      <c r="P111" s="4"/>
+      <c r="Q111" s="4"/>
+      <c r="R111" s="4"/>
+      <c r="S111" s="4"/>
+      <c r="T111" s="4"/>
+      <c r="U111" s="4"/>
+      <c r="V111" s="4"/>
+      <c r="W111" s="4"/>
+      <c r="X111" s="4"/>
+      <c r="Y111" s="4"/>
+      <c r="Z111" s="4"/>
+      <c r="AA111" s="4"/>
+      <c r="AB111" s="4"/>
+      <c r="AC111" s="4"/>
+      <c r="AD111" s="4"/>
+      <c r="AE111" s="4"/>
+      <c r="AF111" s="4"/>
+      <c r="AG111" s="4"/>
+      <c r="AH111" s="4"/>
+      <c r="AI111" s="4"/>
+      <c r="AJ111" s="4"/>
+      <c r="AK111" s="4"/>
+      <c r="AL111" s="4"/>
+      <c r="AM111" s="4"/>
+      <c r="AN111" s="4"/>
+      <c r="AO111" s="4"/>
+      <c r="AP111" s="4"/>
+      <c r="AQ111" s="4"/>
+      <c r="AR111" s="4"/>
+      <c r="AS111" s="4"/>
+      <c r="AT111" s="4"/>
+      <c r="AU111" s="4"/>
+      <c r="AV111" s="4"/>
+      <c r="AW111" s="4"/>
+      <c r="AX111" s="4"/>
+      <c r="AY111" s="4"/>
+      <c r="AZ111" s="4"/>
+      <c r="BA111" s="4"/>
+      <c r="BB111" s="4"/>
+      <c r="BC111" s="4"/>
+      <c r="BD111" s="4"/>
+      <c r="BE111" s="4"/>
+      <c r="BF111" s="4"/>
+      <c r="BG111" s="4"/>
+      <c r="BH111" s="4"/>
+      <c r="BI111" s="4"/>
+      <c r="BJ111" s="4"/>
+      <c r="BK111" s="4"/>
+      <c r="BL111" s="4"/>
+      <c r="BM111" s="4"/>
+      <c r="BN111" s="4"/>
+      <c r="BO111" s="4"/>
+      <c r="BP111" s="4"/>
+      <c r="BQ111" s="4"/>
+      <c r="BR111" s="4"/>
+      <c r="BS111" s="4"/>
+      <c r="BT111" s="4"/>
+      <c r="BU111" s="4"/>
+      <c r="BV111" s="4"/>
+      <c r="BW111" s="4"/>
+      <c r="BX111" s="4"/>
+      <c r="BY111" s="4"/>
+      <c r="BZ111" s="4"/>
+      <c r="CA111" s="4"/>
+      <c r="CB111" s="4"/>
+      <c r="CC111" s="4"/>
+      <c r="CD111" s="4"/>
+      <c r="CE111" s="4"/>
+      <c r="CF111" s="4"/>
+      <c r="CG111" s="4"/>
+      <c r="CH111" s="4"/>
+      <c r="CI111" s="4"/>
+      <c r="CJ111" s="4"/>
+      <c r="CK111" s="4"/>
+      <c r="CL111" s="4"/>
+      <c r="CM111" s="4"/>
+      <c r="CN111" s="4"/>
     </row>
-    <row r="112" spans="1:9">
+    <row r="112" spans="1:92">
       <c r="A112" s="2" t="s">
-        <v>81</v>
+        <v>114</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
+      <c r="J112" s="2"/>
+      <c r="K112" s="2"/>
+      <c r="L112" s="2"/>
+      <c r="M112" s="2"/>
+      <c r="N112" s="2"/>
+      <c r="O112" s="2"/>
+      <c r="P112" s="2"/>
+      <c r="Q112" s="2"/>
+      <c r="R112" s="2"/>
+      <c r="S112" s="2"/>
+      <c r="T112" s="2"/>
+      <c r="U112" s="2"/>
+      <c r="V112" s="2"/>
+      <c r="W112" s="2"/>
+      <c r="X112" s="2"/>
+      <c r="Y112" s="2"/>
+      <c r="Z112" s="2"/>
+      <c r="AA112" s="2"/>
+      <c r="AB112" s="2"/>
+      <c r="AC112" s="2"/>
+      <c r="AD112" s="2"/>
+      <c r="AE112" s="2"/>
+      <c r="AF112" s="2"/>
+      <c r="AG112" s="2"/>
+      <c r="AH112" s="2"/>
+      <c r="AI112" s="2"/>
+      <c r="AJ112" s="2"/>
+      <c r="AK112" s="2"/>
+      <c r="AL112" s="2"/>
+      <c r="AM112" s="2"/>
+      <c r="AN112" s="2"/>
+      <c r="AO112" s="2"/>
+      <c r="AP112" s="2"/>
+      <c r="AQ112" s="2"/>
+      <c r="AR112" s="2"/>
+      <c r="AS112" s="2"/>
+      <c r="AT112" s="2"/>
+      <c r="AU112" s="2"/>
+      <c r="AV112" s="2"/>
+      <c r="AW112" s="2"/>
+      <c r="AX112" s="2"/>
+      <c r="AY112" s="2"/>
+      <c r="AZ112" s="2"/>
+      <c r="BA112" s="2"/>
+      <c r="BB112" s="2"/>
+      <c r="BC112" s="2"/>
+      <c r="BD112" s="2"/>
+      <c r="BE112" s="2"/>
+      <c r="BF112" s="2"/>
+      <c r="BG112" s="2"/>
+      <c r="BH112" s="2"/>
+      <c r="BI112" s="2"/>
+      <c r="BJ112" s="2"/>
+      <c r="BK112" s="2"/>
+      <c r="BL112" s="2"/>
+      <c r="BM112" s="2"/>
+      <c r="BN112" s="2"/>
+      <c r="BO112" s="2"/>
+      <c r="BP112" s="2"/>
+      <c r="BQ112" s="2"/>
+      <c r="BR112" s="2"/>
+      <c r="BS112" s="2"/>
+      <c r="BT112" s="2"/>
+      <c r="BU112" s="2"/>
+      <c r="BV112" s="2"/>
+      <c r="BW112" s="2"/>
+      <c r="BX112" s="2"/>
+      <c r="BY112" s="2"/>
+      <c r="BZ112" s="2"/>
+      <c r="CA112" s="2"/>
+      <c r="CB112" s="2"/>
+      <c r="CC112" s="2"/>
+      <c r="CD112" s="2"/>
+      <c r="CE112" s="2"/>
+      <c r="CF112" s="2"/>
+      <c r="CG112" s="2"/>
+      <c r="CH112" s="2"/>
+      <c r="CI112" s="2"/>
+      <c r="CJ112" s="2"/>
+      <c r="CK112" s="2"/>
+      <c r="CL112" s="2"/>
+      <c r="CM112" s="2"/>
+      <c r="CN112" s="2"/>
     </row>
-    <row r="113" spans="1:9">
+    <row r="113" spans="1:92">
       <c r="A113" s="3" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3"/>
       <c r="D113" s="3"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
+      <c r="J113" s="3"/>
+      <c r="K113" s="3"/>
+      <c r="L113" s="3"/>
+      <c r="M113" s="3"/>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3"/>
+      <c r="P113" s="3"/>
+      <c r="Q113" s="3"/>
+      <c r="R113" s="3"/>
+      <c r="S113" s="3"/>
+      <c r="T113" s="3"/>
+      <c r="U113" s="3"/>
+      <c r="V113" s="3"/>
+      <c r="W113" s="3"/>
+      <c r="X113" s="3"/>
+      <c r="Y113" s="3"/>
+      <c r="Z113" s="3"/>
+      <c r="AA113" s="3"/>
+      <c r="AB113" s="3"/>
+      <c r="AC113" s="3"/>
+      <c r="AD113" s="3"/>
+      <c r="AE113" s="3"/>
+      <c r="AF113" s="3"/>
+      <c r="AG113" s="3"/>
+      <c r="AH113" s="3"/>
+      <c r="AI113" s="3"/>
+      <c r="AJ113" s="3"/>
+      <c r="AK113" s="3"/>
+      <c r="AL113" s="3"/>
+      <c r="AM113" s="3"/>
+      <c r="AN113" s="3"/>
+      <c r="AO113" s="3"/>
+      <c r="AP113" s="3"/>
+      <c r="AQ113" s="3"/>
+      <c r="AR113" s="3"/>
+      <c r="AS113" s="3"/>
+      <c r="AT113" s="3"/>
+      <c r="AU113" s="3"/>
+      <c r="AV113" s="3"/>
+      <c r="AW113" s="3"/>
+      <c r="AX113" s="3"/>
+      <c r="AY113" s="3"/>
+      <c r="AZ113" s="3"/>
+      <c r="BA113" s="3"/>
+      <c r="BB113" s="3"/>
+      <c r="BC113" s="3"/>
+      <c r="BD113" s="3"/>
+      <c r="BE113" s="3"/>
+      <c r="BF113" s="3"/>
+      <c r="BG113" s="3"/>
+      <c r="BH113" s="3"/>
+      <c r="BI113" s="3"/>
+      <c r="BJ113" s="3"/>
+      <c r="BK113" s="3"/>
+      <c r="BL113" s="3"/>
+      <c r="BM113" s="3"/>
+      <c r="BN113" s="3"/>
+      <c r="BO113" s="3"/>
+      <c r="BP113" s="3"/>
+      <c r="BQ113" s="3"/>
+      <c r="BR113" s="3"/>
+      <c r="BS113" s="3"/>
+      <c r="BT113" s="3"/>
+      <c r="BU113" s="3"/>
+      <c r="BV113" s="3"/>
+      <c r="BW113" s="3"/>
+      <c r="BX113" s="3"/>
+      <c r="BY113" s="3"/>
+      <c r="BZ113" s="3"/>
+      <c r="CA113" s="3"/>
+      <c r="CB113" s="3"/>
+      <c r="CC113" s="3"/>
+      <c r="CD113" s="3"/>
+      <c r="CE113" s="3"/>
+      <c r="CF113" s="3"/>
+      <c r="CG113" s="3"/>
+      <c r="CH113" s="3"/>
+      <c r="CI113" s="3"/>
+      <c r="CJ113" s="3"/>
+      <c r="CK113" s="3"/>
+      <c r="CL113" s="3"/>
+      <c r="CM113" s="3"/>
+      <c r="CN113" s="3"/>
     </row>
-    <row r="114" spans="1:9">
+    <row r="114" spans="1:92">
       <c r="A114" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="C114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="D114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="E114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="F114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="G114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="H114" t="s">
-        <v>83</v>
+        <v>116</v>
       </c>
       <c r="I114" t="s">
-        <v>83</v>
+        <v>116</v>
+      </c>
+      <c r="J114" t="s">
+        <v>116</v>
+      </c>
+      <c r="K114" t="s">
+        <v>116</v>
+      </c>
+      <c r="L114" t="s">
+        <v>116</v>
+      </c>
+      <c r="M114" t="s">
+        <v>116</v>
+      </c>
+      <c r="N114" t="s">
+        <v>116</v>
+      </c>
+      <c r="O114" t="s">
+        <v>116</v>
+      </c>
+      <c r="P114" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>116</v>
+      </c>
+      <c r="R114" t="s">
+        <v>116</v>
+      </c>
+      <c r="S114" t="s">
+        <v>116</v>
+      </c>
+      <c r="T114" t="s">
+        <v>116</v>
+      </c>
+      <c r="U114" t="s">
+        <v>116</v>
+      </c>
+      <c r="V114" t="s">
+        <v>116</v>
+      </c>
+      <c r="W114" t="s">
+        <v>116</v>
+      </c>
+      <c r="X114" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AG114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AH114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AO114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AP114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AR114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AS114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AT114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AU114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AX114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AY114" t="s">
+        <v>116</v>
+      </c>
+      <c r="AZ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BA114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BB114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BD114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BE114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BF114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BG114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BI114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BJ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BK114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BL114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BM114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BN114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BO114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BP114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BQ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BR114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BS114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BT114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BU114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BV114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BW114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BX114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BY114" t="s">
+        <v>116</v>
+      </c>
+      <c r="BZ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CA114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CB114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CC114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CD114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CE114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CF114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CG114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CH114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CI114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CJ114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CK114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CL114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CM114" t="s">
+        <v>116</v>
+      </c>
+      <c r="CN114" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="115" spans="1:9">
+    <row r="115" spans="1:92">
       <c r="A115" s="3" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="B115" s="3"/>
       <c r="C115" s="3"/>
       <c r="D115" s="3"/>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
+      <c r="J115" s="3"/>
+      <c r="K115" s="3"/>
+      <c r="L115" s="3"/>
+      <c r="M115" s="3"/>
+      <c r="N115" s="3"/>
+      <c r="O115" s="3"/>
+      <c r="P115" s="3"/>
+      <c r="Q115" s="3"/>
+      <c r="R115" s="3"/>
+      <c r="S115" s="3"/>
+      <c r="T115" s="3"/>
+      <c r="U115" s="3"/>
+      <c r="V115" s="3"/>
+      <c r="W115" s="3"/>
+      <c r="X115" s="3"/>
+      <c r="Y115" s="3"/>
+      <c r="Z115" s="3"/>
+      <c r="AA115" s="3"/>
+      <c r="AB115" s="3"/>
+      <c r="AC115" s="3"/>
+      <c r="AD115" s="3"/>
+      <c r="AE115" s="3"/>
+      <c r="AF115" s="3"/>
+      <c r="AG115" s="3"/>
+      <c r="AH115" s="3"/>
+      <c r="AI115" s="3"/>
+      <c r="AJ115" s="3"/>
+      <c r="AK115" s="3"/>
+      <c r="AL115" s="3"/>
+      <c r="AM115" s="3"/>
+      <c r="AN115" s="3"/>
+      <c r="AO115" s="3"/>
+      <c r="AP115" s="3"/>
+      <c r="AQ115" s="3"/>
+      <c r="AR115" s="3"/>
+      <c r="AS115" s="3"/>
+      <c r="AT115" s="3"/>
+      <c r="AU115" s="3"/>
+      <c r="AV115" s="3"/>
+      <c r="AW115" s="3"/>
+      <c r="AX115" s="3"/>
+      <c r="AY115" s="3"/>
+      <c r="AZ115" s="3"/>
+      <c r="BA115" s="3"/>
+      <c r="BB115" s="3"/>
+      <c r="BC115" s="3"/>
+      <c r="BD115" s="3"/>
+      <c r="BE115" s="3"/>
+      <c r="BF115" s="3"/>
+      <c r="BG115" s="3"/>
+      <c r="BH115" s="3"/>
+      <c r="BI115" s="3"/>
+      <c r="BJ115" s="3"/>
+      <c r="BK115" s="3"/>
+      <c r="BL115" s="3"/>
+      <c r="BM115" s="3"/>
+      <c r="BN115" s="3"/>
+      <c r="BO115" s="3"/>
+      <c r="BP115" s="3"/>
+      <c r="BQ115" s="3"/>
+      <c r="BR115" s="3"/>
+      <c r="BS115" s="3"/>
+      <c r="BT115" s="3"/>
+      <c r="BU115" s="3"/>
+      <c r="BV115" s="3"/>
+      <c r="BW115" s="3"/>
+      <c r="BX115" s="3"/>
+      <c r="BY115" s="3"/>
+      <c r="BZ115" s="3"/>
+      <c r="CA115" s="3"/>
+      <c r="CB115" s="3"/>
+      <c r="CC115" s="3"/>
+      <c r="CD115" s="3"/>
+      <c r="CE115" s="3"/>
+      <c r="CF115" s="3"/>
+      <c r="CG115" s="3"/>
+      <c r="CH115" s="3"/>
+      <c r="CI115" s="3"/>
+      <c r="CJ115" s="3"/>
+      <c r="CK115" s="3"/>
+      <c r="CL115" s="3"/>
+      <c r="CM115" s="3"/>
+      <c r="CN115" s="3"/>
     </row>
-    <row r="116" spans="1:9">
+    <row r="116" spans="1:92">
       <c r="A116" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B116" t="s">
+        <v>116</v>
+      </c>
+      <c r="C116" t="s">
+        <v>116</v>
+      </c>
+      <c r="D116" t="s">
+        <v>116</v>
+      </c>
+      <c r="E116" t="s">
+        <v>116</v>
+      </c>
+      <c r="F116" t="s">
+        <v>116</v>
+      </c>
+      <c r="G116" t="s">
+        <v>116</v>
+      </c>
+      <c r="H116" t="s">
+        <v>116</v>
+      </c>
+      <c r="I116" t="s">
+        <v>116</v>
+      </c>
+      <c r="J116" t="s">
+        <v>116</v>
+      </c>
+      <c r="K116" t="s">
+        <v>116</v>
+      </c>
+      <c r="L116" t="s">
+        <v>116</v>
+      </c>
+      <c r="M116" t="s">
+        <v>116</v>
+      </c>
+      <c r="N116" t="s">
+        <v>116</v>
+      </c>
+      <c r="O116" t="s">
+        <v>116</v>
+      </c>
+      <c r="P116" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>116</v>
+      </c>
+      <c r="R116" t="s">
+        <v>116</v>
+      </c>
+      <c r="S116" t="s">
+        <v>116</v>
+      </c>
+      <c r="T116" t="s">
+        <v>116</v>
+      </c>
+      <c r="U116" t="s">
+        <v>116</v>
+      </c>
+      <c r="V116" t="s">
+        <v>116</v>
+      </c>
+      <c r="W116" t="s">
+        <v>116</v>
+      </c>
+      <c r="X116" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AG116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AH116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AL116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AO116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AP116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AR116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AS116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AT116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AU116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AX116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AY116" t="s">
+        <v>116</v>
+      </c>
+      <c r="AZ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BA116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BB116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BD116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BE116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BF116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BG116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BI116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BJ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BK116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BL116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BM116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BN116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BO116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BP116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BQ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BR116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BS116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BT116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BU116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BV116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BW116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BX116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BY116" t="s">
+        <v>116</v>
+      </c>
+      <c r="BZ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CA116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CB116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CC116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CD116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CE116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CF116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CG116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CH116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CI116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CJ116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CK116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CL116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CM116" t="s">
+        <v>116</v>
+      </c>
+      <c r="CN116" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="117" spans="1:92">
+      <c r="A117" t="s">
+        <v>33</v>
+      </c>
+      <c r="B117" t="s">
+        <v>116</v>
+      </c>
+      <c r="C117" t="s">
+        <v>116</v>
+      </c>
+      <c r="D117" t="s">
+        <v>116</v>
+      </c>
+      <c r="E117" t="s">
+        <v>116</v>
+      </c>
+      <c r="F117" t="s">
+        <v>116</v>
+      </c>
+      <c r="G117" t="s">
+        <v>116</v>
+      </c>
+      <c r="H117" t="s">
+        <v>116</v>
+      </c>
+      <c r="I117" t="s">
+        <v>116</v>
+      </c>
+      <c r="J117" t="s">
+        <v>116</v>
+      </c>
+      <c r="K117" t="s">
+        <v>116</v>
+      </c>
+      <c r="L117" t="s">
+        <v>116</v>
+      </c>
+      <c r="M117" t="s">
+        <v>116</v>
+      </c>
+      <c r="N117" t="s">
+        <v>116</v>
+      </c>
+      <c r="O117" t="s">
+        <v>116</v>
+      </c>
+      <c r="P117" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>116</v>
+      </c>
+      <c r="R117" t="s">
+        <v>116</v>
+      </c>
+      <c r="S117" t="s">
+        <v>116</v>
+      </c>
+      <c r="T117" t="s">
+        <v>116</v>
+      </c>
+      <c r="U117" t="s">
+        <v>116</v>
+      </c>
+      <c r="V117" t="s">
+        <v>116</v>
+      </c>
+      <c r="W117" t="s">
+        <v>116</v>
+      </c>
+      <c r="X117" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AG117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AH117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AO117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AR117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AS117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AT117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AU117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AX117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AY117" t="s">
+        <v>116</v>
+      </c>
+      <c r="AZ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BA117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BB117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BD117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BE117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BF117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BG117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BI117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BJ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BK117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BL117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BM117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BN117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BO117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BP117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BQ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BR117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BS117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BT117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BU117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BV117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BW117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BX117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BY117" t="s">
+        <v>116</v>
+      </c>
+      <c r="BZ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CA117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CB117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CC117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CD117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CE117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CF117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CG117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CH117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CI117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CJ117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CK117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CL117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CM117" t="s">
+        <v>116</v>
+      </c>
+      <c r="CN117" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:92">
+      <c r="A118" t="s">
+        <v>35</v>
+      </c>
+      <c r="B118" t="s">
+        <v>117</v>
+      </c>
+      <c r="C118" t="s">
+        <v>117</v>
+      </c>
+      <c r="D118" t="s">
+        <v>117</v>
+      </c>
+      <c r="E118" t="s">
+        <v>117</v>
+      </c>
+      <c r="F118" t="s">
+        <v>117</v>
+      </c>
+      <c r="G118" t="s">
+        <v>117</v>
+      </c>
+      <c r="H118" t="s">
+        <v>117</v>
+      </c>
+      <c r="I118" t="s">
+        <v>117</v>
+      </c>
+      <c r="J118" t="s">
+        <v>117</v>
+      </c>
+      <c r="K118" t="s">
+        <v>117</v>
+      </c>
+      <c r="L118" t="s">
+        <v>117</v>
+      </c>
+      <c r="M118" t="s">
+        <v>117</v>
+      </c>
+      <c r="N118" t="s">
+        <v>117</v>
+      </c>
+      <c r="O118" t="s">
+        <v>117</v>
+      </c>
+      <c r="P118" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>117</v>
+      </c>
+      <c r="R118" t="s">
+        <v>117</v>
+      </c>
+      <c r="S118" t="s">
+        <v>117</v>
+      </c>
+      <c r="T118" t="s">
+        <v>117</v>
+      </c>
+      <c r="U118" t="s">
+        <v>117</v>
+      </c>
+      <c r="V118" t="s">
+        <v>117</v>
+      </c>
+      <c r="W118" t="s">
+        <v>117</v>
+      </c>
+      <c r="X118" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AY118" t="s">
+        <v>117</v>
+      </c>
+      <c r="AZ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BA118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BB118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BC118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BD118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BE118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BF118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BG118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BH118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BI118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BJ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BK118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BL118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BM118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BN118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BO118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BP118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BQ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BR118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BS118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BT118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BU118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BV118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BW118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BX118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BY118" t="s">
+        <v>117</v>
+      </c>
+      <c r="BZ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CA118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CB118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CC118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CD118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CE118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CF118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CG118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CH118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CI118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CJ118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CK118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CL118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CM118" t="s">
+        <v>117</v>
+      </c>
+      <c r="CN118" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="119" spans="1:92">
+      <c r="A119" s="4"/>
+      <c r="B119" s="4"/>
+      <c r="C119" s="4"/>
+      <c r="D119" s="4"/>
+      <c r="E119" s="4"/>
+      <c r="F119" s="4"/>
+      <c r="G119" s="4"/>
+      <c r="H119" s="4"/>
+      <c r="I119" s="4"/>
+      <c r="J119" s="4"/>
+      <c r="K119" s="4"/>
+      <c r="L119" s="4"/>
+      <c r="M119" s="4"/>
+      <c r="N119" s="4"/>
+      <c r="O119" s="4"/>
+      <c r="P119" s="4"/>
+      <c r="Q119" s="4"/>
+      <c r="R119" s="4"/>
+      <c r="S119" s="4"/>
+      <c r="T119" s="4"/>
+      <c r="U119" s="4"/>
+      <c r="V119" s="4"/>
+      <c r="W119" s="4"/>
+      <c r="X119" s="4"/>
+      <c r="Y119" s="4"/>
+      <c r="Z119" s="4"/>
+      <c r="AA119" s="4"/>
+      <c r="AB119" s="4"/>
+      <c r="AC119" s="4"/>
+      <c r="AD119" s="4"/>
+      <c r="AE119" s="4"/>
+      <c r="AF119" s="4"/>
+      <c r="AG119" s="4"/>
+      <c r="AH119" s="4"/>
+      <c r="AI119" s="4"/>
+      <c r="AJ119" s="4"/>
+      <c r="AK119" s="4"/>
+      <c r="AL119" s="4"/>
+      <c r="AM119" s="4"/>
+      <c r="AN119" s="4"/>
+      <c r="AO119" s="4"/>
+      <c r="AP119" s="4"/>
+      <c r="AQ119" s="4"/>
+      <c r="AR119" s="4"/>
+      <c r="AS119" s="4"/>
+      <c r="AT119" s="4"/>
+      <c r="AU119" s="4"/>
+      <c r="AV119" s="4"/>
+      <c r="AW119" s="4"/>
+      <c r="AX119" s="4"/>
+      <c r="AY119" s="4"/>
+      <c r="AZ119" s="4"/>
+      <c r="BA119" s="4"/>
+      <c r="BB119" s="4"/>
+      <c r="BC119" s="4"/>
+      <c r="BD119" s="4"/>
+      <c r="BE119" s="4"/>
+      <c r="BF119" s="4"/>
+      <c r="BG119" s="4"/>
+      <c r="BH119" s="4"/>
+      <c r="BI119" s="4"/>
+      <c r="BJ119" s="4"/>
+      <c r="BK119" s="4"/>
+      <c r="BL119" s="4"/>
+      <c r="BM119" s="4"/>
+      <c r="BN119" s="4"/>
+      <c r="BO119" s="4"/>
+      <c r="BP119" s="4"/>
+      <c r="BQ119" s="4"/>
+      <c r="BR119" s="4"/>
+      <c r="BS119" s="4"/>
+      <c r="BT119" s="4"/>
+      <c r="BU119" s="4"/>
+      <c r="BV119" s="4"/>
+      <c r="BW119" s="4"/>
+      <c r="BX119" s="4"/>
+      <c r="BY119" s="4"/>
+      <c r="BZ119" s="4"/>
+      <c r="CA119" s="4"/>
+      <c r="CB119" s="4"/>
+      <c r="CC119" s="4"/>
+      <c r="CD119" s="4"/>
+      <c r="CE119" s="4"/>
+      <c r="CF119" s="4"/>
+      <c r="CG119" s="4"/>
+      <c r="CH119" s="4"/>
+      <c r="CI119" s="4"/>
+      <c r="CJ119" s="4"/>
+      <c r="CK119" s="4"/>
+      <c r="CL119" s="4"/>
+      <c r="CM119" s="4"/>
+      <c r="CN119" s="4"/>
+    </row>
+    <row r="120" spans="1:92">
+      <c r="A120" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
+      <c r="J120" s="2"/>
+      <c r="K120" s="2"/>
+      <c r="L120" s="2"/>
+      <c r="M120" s="2"/>
+      <c r="N120" s="2"/>
+      <c r="O120" s="2"/>
+      <c r="P120" s="2"/>
+      <c r="Q120" s="2"/>
+      <c r="R120" s="2"/>
+      <c r="S120" s="2"/>
+      <c r="T120" s="2"/>
+      <c r="U120" s="2"/>
+      <c r="V120" s="2"/>
+      <c r="W120" s="2"/>
+      <c r="X120" s="2"/>
+      <c r="Y120" s="2"/>
+      <c r="Z120" s="2"/>
+      <c r="AA120" s="2"/>
+      <c r="AB120" s="2"/>
+      <c r="AC120" s="2"/>
+      <c r="AD120" s="2"/>
+      <c r="AE120" s="2"/>
+      <c r="AF120" s="2"/>
+      <c r="AG120" s="2"/>
+      <c r="AH120" s="2"/>
+      <c r="AI120" s="2"/>
+      <c r="AJ120" s="2"/>
+      <c r="AK120" s="2"/>
+      <c r="AL120" s="2"/>
+      <c r="AM120" s="2"/>
+      <c r="AN120" s="2"/>
+      <c r="AO120" s="2"/>
+      <c r="AP120" s="2"/>
+      <c r="AQ120" s="2"/>
+      <c r="AR120" s="2"/>
+      <c r="AS120" s="2"/>
+      <c r="AT120" s="2"/>
+      <c r="AU120" s="2"/>
+      <c r="AV120" s="2"/>
+      <c r="AW120" s="2"/>
+      <c r="AX120" s="2"/>
+      <c r="AY120" s="2"/>
+      <c r="AZ120" s="2"/>
+      <c r="BA120" s="2"/>
+      <c r="BB120" s="2"/>
+      <c r="BC120" s="2"/>
+      <c r="BD120" s="2"/>
+      <c r="BE120" s="2"/>
+      <c r="BF120" s="2"/>
+      <c r="BG120" s="2"/>
+      <c r="BH120" s="2"/>
+      <c r="BI120" s="2"/>
+      <c r="BJ120" s="2"/>
+      <c r="BK120" s="2"/>
+      <c r="BL120" s="2"/>
+      <c r="BM120" s="2"/>
+      <c r="BN120" s="2"/>
+      <c r="BO120" s="2"/>
+      <c r="BP120" s="2"/>
+      <c r="BQ120" s="2"/>
+      <c r="BR120" s="2"/>
+      <c r="BS120" s="2"/>
+      <c r="BT120" s="2"/>
+      <c r="BU120" s="2"/>
+      <c r="BV120" s="2"/>
+      <c r="BW120" s="2"/>
+      <c r="BX120" s="2"/>
+      <c r="BY120" s="2"/>
+      <c r="BZ120" s="2"/>
+      <c r="CA120" s="2"/>
+      <c r="CB120" s="2"/>
+      <c r="CC120" s="2"/>
+      <c r="CD120" s="2"/>
+      <c r="CE120" s="2"/>
+      <c r="CF120" s="2"/>
+      <c r="CG120" s="2"/>
+      <c r="CH120" s="2"/>
+      <c r="CI120" s="2"/>
+      <c r="CJ120" s="2"/>
+      <c r="CK120" s="2"/>
+      <c r="CL120" s="2"/>
+      <c r="CM120" s="2"/>
+      <c r="CN120" s="2"/>
+    </row>
+    <row r="121" spans="1:92">
+      <c r="A121" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C116" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B121" s="3"/>
+      <c r="C121" s="3"/>
+      <c r="D121" s="3"/>
+      <c r="E121" s="3"/>
+      <c r="F121" s="3"/>
+      <c r="G121" s="3"/>
+      <c r="H121" s="3"/>
+      <c r="I121" s="3"/>
+      <c r="J121" s="3"/>
+      <c r="K121" s="3"/>
+      <c r="L121" s="3"/>
+      <c r="M121" s="3"/>
+      <c r="N121" s="3"/>
+      <c r="O121" s="3"/>
+      <c r="P121" s="3"/>
+      <c r="Q121" s="3"/>
+      <c r="R121" s="3"/>
+      <c r="S121" s="3"/>
+      <c r="T121" s="3"/>
+      <c r="U121" s="3"/>
+      <c r="V121" s="3"/>
+      <c r="W121" s="3"/>
+      <c r="X121" s="3"/>
+      <c r="Y121" s="3"/>
+      <c r="Z121" s="3"/>
+      <c r="AA121" s="3"/>
+      <c r="AB121" s="3"/>
+      <c r="AC121" s="3"/>
+      <c r="AD121" s="3"/>
+      <c r="AE121" s="3"/>
+      <c r="AF121" s="3"/>
+      <c r="AG121" s="3"/>
+      <c r="AH121" s="3"/>
+      <c r="AI121" s="3"/>
+      <c r="AJ121" s="3"/>
+      <c r="AK121" s="3"/>
+      <c r="AL121" s="3"/>
+      <c r="AM121" s="3"/>
+      <c r="AN121" s="3"/>
+      <c r="AO121" s="3"/>
+      <c r="AP121" s="3"/>
+      <c r="AQ121" s="3"/>
+      <c r="AR121" s="3"/>
+      <c r="AS121" s="3"/>
+      <c r="AT121" s="3"/>
+      <c r="AU121" s="3"/>
+      <c r="AV121" s="3"/>
+      <c r="AW121" s="3"/>
+      <c r="AX121" s="3"/>
+      <c r="AY121" s="3"/>
+      <c r="AZ121" s="3"/>
+      <c r="BA121" s="3"/>
+      <c r="BB121" s="3"/>
+      <c r="BC121" s="3"/>
+      <c r="BD121" s="3"/>
+      <c r="BE121" s="3"/>
+      <c r="BF121" s="3"/>
+      <c r="BG121" s="3"/>
+      <c r="BH121" s="3"/>
+      <c r="BI121" s="3"/>
+      <c r="BJ121" s="3"/>
+      <c r="BK121" s="3"/>
+      <c r="BL121" s="3"/>
+      <c r="BM121" s="3"/>
+      <c r="BN121" s="3"/>
+      <c r="BO121" s="3"/>
+      <c r="BP121" s="3"/>
+      <c r="BQ121" s="3"/>
+      <c r="BR121" s="3"/>
+      <c r="BS121" s="3"/>
+      <c r="BT121" s="3"/>
+      <c r="BU121" s="3"/>
+      <c r="BV121" s="3"/>
+      <c r="BW121" s="3"/>
+      <c r="BX121" s="3"/>
+      <c r="BY121" s="3"/>
+      <c r="BZ121" s="3"/>
+      <c r="CA121" s="3"/>
+      <c r="CB121" s="3"/>
+      <c r="CC121" s="3"/>
+      <c r="CD121" s="3"/>
+      <c r="CE121" s="3"/>
+      <c r="CF121" s="3"/>
+      <c r="CG121" s="3"/>
+      <c r="CH121" s="3"/>
+      <c r="CI121" s="3"/>
+      <c r="CJ121" s="3"/>
+      <c r="CK121" s="3"/>
+      <c r="CL121" s="3"/>
+      <c r="CM121" s="3"/>
+      <c r="CN121" s="3"/>
     </row>
-    <row r="117" spans="1:9">
-[...25 lines deleted...]
-        <v>83</v>
+    <row r="122" spans="1:92">
+      <c r="A122" t="s">
+        <v>31</v>
+      </c>
+      <c r="B122" t="s">
+        <v>119</v>
+      </c>
+      <c r="C122" t="s">
+        <v>119</v>
+      </c>
+      <c r="D122" t="s">
+        <v>119</v>
+      </c>
+      <c r="E122" t="s">
+        <v>119</v>
+      </c>
+      <c r="F122" t="s">
+        <v>52</v>
+      </c>
+      <c r="G122" t="s">
+        <v>119</v>
+      </c>
+      <c r="H122" t="s">
+        <v>119</v>
+      </c>
+      <c r="I122" t="s">
+        <v>119</v>
+      </c>
+      <c r="J122" t="s">
+        <v>52</v>
+      </c>
+      <c r="K122" t="s">
+        <v>119</v>
+      </c>
+      <c r="L122" t="s">
+        <v>119</v>
+      </c>
+      <c r="M122" t="s">
+        <v>119</v>
+      </c>
+      <c r="N122" t="s">
+        <v>119</v>
+      </c>
+      <c r="O122" t="s">
+        <v>119</v>
+      </c>
+      <c r="P122" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>119</v>
+      </c>
+      <c r="R122" t="s">
+        <v>119</v>
+      </c>
+      <c r="S122" t="s">
+        <v>52</v>
+      </c>
+      <c r="T122" t="s">
+        <v>119</v>
+      </c>
+      <c r="U122" t="s">
+        <v>52</v>
+      </c>
+      <c r="V122" t="s">
+        <v>119</v>
+      </c>
+      <c r="W122" t="s">
+        <v>119</v>
+      </c>
+      <c r="X122" t="s">
+        <v>119</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AE122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AF122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AG122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AH122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AI122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AJ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AK122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AL122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AM122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AN122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AO122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AP122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AQ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AR122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AS122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AT122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AU122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AV122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AW122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AX122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AY122" t="s">
+        <v>119</v>
+      </c>
+      <c r="AZ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BA122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BB122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BC122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BD122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BF122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BG122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BH122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BI122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BJ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BK122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BL122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BM122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BN122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BO122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BP122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BQ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BR122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BS122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BT122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BU122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BV122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BW122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BX122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BY122" t="s">
+        <v>119</v>
+      </c>
+      <c r="BZ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CA122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CB122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CC122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CD122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CE122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CF122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CG122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CH122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CI122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CJ122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CK122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CL122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CM122" t="s">
+        <v>119</v>
+      </c>
+      <c r="CN122" t="s">
+        <v>119</v>
       </c>
     </row>
-    <row r="118" spans="1:9">
-[...25 lines deleted...]
-        <v>84</v>
+    <row r="123" spans="1:92">
+      <c r="A123" t="s">
+        <v>39</v>
+      </c>
+      <c r="B123" t="s">
+        <v>120</v>
+      </c>
+      <c r="C123" t="s">
+        <v>120</v>
+      </c>
+      <c r="D123" t="s">
+        <v>120</v>
+      </c>
+      <c r="E123" t="s">
+        <v>120</v>
+      </c>
+      <c r="F123" t="s">
+        <v>52</v>
+      </c>
+      <c r="G123" t="s">
+        <v>120</v>
+      </c>
+      <c r="H123" t="s">
+        <v>120</v>
+      </c>
+      <c r="I123" t="s">
+        <v>120</v>
+      </c>
+      <c r="J123" t="s">
+        <v>52</v>
+      </c>
+      <c r="K123" t="s">
+        <v>120</v>
+      </c>
+      <c r="L123" t="s">
+        <v>120</v>
+      </c>
+      <c r="M123" t="s">
+        <v>120</v>
+      </c>
+      <c r="N123" t="s">
+        <v>120</v>
+      </c>
+      <c r="O123" t="s">
+        <v>120</v>
+      </c>
+      <c r="P123" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>120</v>
+      </c>
+      <c r="R123" t="s">
+        <v>120</v>
+      </c>
+      <c r="S123" t="s">
+        <v>52</v>
+      </c>
+      <c r="T123" t="s">
+        <v>120</v>
+      </c>
+      <c r="U123" t="s">
+        <v>52</v>
+      </c>
+      <c r="V123" t="s">
+        <v>120</v>
+      </c>
+      <c r="W123" t="s">
+        <v>120</v>
+      </c>
+      <c r="X123" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y123" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AC123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AD123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AE123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AF123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AH123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AI123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AJ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AK123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AL123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AM123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AN123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AO123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AP123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AQ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AR123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AS123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AT123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AU123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AV123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AW123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AX123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AY123" t="s">
+        <v>120</v>
+      </c>
+      <c r="AZ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BA123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BB123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BC123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BD123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BE123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BF123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BG123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BH123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BI123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BJ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BK123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BL123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BM123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BN123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BO123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BP123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BQ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BR123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BS123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BT123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BU123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BV123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BW123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BX123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BY123" t="s">
+        <v>120</v>
+      </c>
+      <c r="BZ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CA123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CB123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CC123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CD123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CE123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CF123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CG123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CH123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CI123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CJ123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CK123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CL123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CM123" t="s">
+        <v>120</v>
+      </c>
+      <c r="CN123" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="120" spans="1:9">
-[...10 lines deleted...]
-      <c r="I120" s="1"/>
+    <row r="124" spans="1:92">
+      <c r="A124" t="s">
+        <v>33</v>
+      </c>
+      <c r="B124" t="s">
+        <v>121</v>
+      </c>
+      <c r="C124" t="s">
+        <v>121</v>
+      </c>
+      <c r="D124" t="s">
+        <v>121</v>
+      </c>
+      <c r="E124" t="s">
+        <v>121</v>
+      </c>
+      <c r="F124" t="s">
+        <v>52</v>
+      </c>
+      <c r="G124" t="s">
+        <v>121</v>
+      </c>
+      <c r="H124" t="s">
+        <v>121</v>
+      </c>
+      <c r="I124" t="s">
+        <v>121</v>
+      </c>
+      <c r="J124" t="s">
+        <v>52</v>
+      </c>
+      <c r="K124" t="s">
+        <v>121</v>
+      </c>
+      <c r="L124" t="s">
+        <v>121</v>
+      </c>
+      <c r="M124" t="s">
+        <v>121</v>
+      </c>
+      <c r="N124" t="s">
+        <v>121</v>
+      </c>
+      <c r="O124" t="s">
+        <v>121</v>
+      </c>
+      <c r="P124" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>121</v>
+      </c>
+      <c r="R124" t="s">
+        <v>121</v>
+      </c>
+      <c r="S124" t="s">
+        <v>52</v>
+      </c>
+      <c r="T124" t="s">
+        <v>121</v>
+      </c>
+      <c r="U124" t="s">
+        <v>52</v>
+      </c>
+      <c r="V124" t="s">
+        <v>121</v>
+      </c>
+      <c r="W124" t="s">
+        <v>121</v>
+      </c>
+      <c r="X124" t="s">
+        <v>121</v>
+      </c>
+      <c r="Y124" t="s">
+        <v>121</v>
+      </c>
+      <c r="Z124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AD124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AE124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AF124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AG124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AH124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AI124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AJ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AK124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AL124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AM124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AN124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AO124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AP124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AQ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AR124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AS124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AT124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AU124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AV124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AW124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AX124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AY124" t="s">
+        <v>121</v>
+      </c>
+      <c r="AZ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BA124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BB124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BC124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BD124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BE124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BF124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BG124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BH124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BI124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BJ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BK124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BL124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BM124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BN124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BO124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BP124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BQ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BR124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BS124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BT124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BU124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BV124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BW124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BX124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BY124" t="s">
+        <v>121</v>
+      </c>
+      <c r="BZ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CA124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CB124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CC124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CD124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CE124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CF124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CG124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CH124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CI124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CJ124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CK124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CL124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CM124" t="s">
+        <v>121</v>
+      </c>
+      <c r="CN124" t="s">
+        <v>121</v>
+      </c>
     </row>
-    <row r="121" spans="1:9">
-[...1 lines deleted...]
-        <v>86</v>
+    <row r="125" spans="1:92">
+      <c r="A125" t="s">
+        <v>35</v>
+      </c>
+      <c r="B125" t="s">
+        <v>122</v>
+      </c>
+      <c r="C125" t="s">
+        <v>122</v>
+      </c>
+      <c r="D125" t="s">
+        <v>122</v>
+      </c>
+      <c r="E125" t="s">
+        <v>122</v>
+      </c>
+      <c r="F125" t="s">
+        <v>52</v>
+      </c>
+      <c r="G125" t="s">
+        <v>122</v>
+      </c>
+      <c r="H125" t="s">
+        <v>122</v>
+      </c>
+      <c r="I125" t="s">
+        <v>122</v>
+      </c>
+      <c r="J125" t="s">
+        <v>52</v>
+      </c>
+      <c r="K125" t="s">
+        <v>122</v>
+      </c>
+      <c r="L125" t="s">
+        <v>122</v>
+      </c>
+      <c r="M125" t="s">
+        <v>122</v>
+      </c>
+      <c r="N125" t="s">
+        <v>122</v>
+      </c>
+      <c r="O125" t="s">
+        <v>122</v>
+      </c>
+      <c r="P125" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>122</v>
+      </c>
+      <c r="R125" t="s">
+        <v>122</v>
+      </c>
+      <c r="S125" t="s">
+        <v>52</v>
+      </c>
+      <c r="T125" t="s">
+        <v>122</v>
+      </c>
+      <c r="U125" t="s">
+        <v>52</v>
+      </c>
+      <c r="V125" t="s">
+        <v>122</v>
+      </c>
+      <c r="W125" t="s">
+        <v>122</v>
+      </c>
+      <c r="X125" t="s">
+        <v>122</v>
+      </c>
+      <c r="Y125" t="s">
+        <v>122</v>
+      </c>
+      <c r="Z125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AA125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AG125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AH125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AI125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AK125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AL125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AM125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AR125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AS125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AT125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AV125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AW125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AX125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AY125" t="s">
+        <v>122</v>
+      </c>
+      <c r="AZ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BA125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BB125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BC125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BD125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BE125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BF125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BG125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BH125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BI125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BJ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BK125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BL125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BM125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BN125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BO125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BP125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BQ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BR125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BS125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BT125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BU125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BV125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BW125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BX125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BY125" t="s">
+        <v>122</v>
+      </c>
+      <c r="BZ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CA125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CB125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CC125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CD125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CE125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CF125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CG125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CH125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CI125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CJ125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CK125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CL125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CM125" t="s">
+        <v>122</v>
+      </c>
+      <c r="CN125" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="126" spans="1:92">
+      <c r="A126" t="s">
+        <v>43</v>
+      </c>
+      <c r="B126" t="s">
+        <v>123</v>
+      </c>
+      <c r="C126" t="s">
+        <v>123</v>
+      </c>
+      <c r="D126" t="s">
+        <v>123</v>
+      </c>
+      <c r="E126" t="s">
+        <v>123</v>
+      </c>
+      <c r="F126" t="s">
+        <v>52</v>
+      </c>
+      <c r="G126" t="s">
+        <v>123</v>
+      </c>
+      <c r="H126" t="s">
+        <v>123</v>
+      </c>
+      <c r="I126" t="s">
+        <v>123</v>
+      </c>
+      <c r="J126" t="s">
+        <v>52</v>
+      </c>
+      <c r="K126" t="s">
+        <v>123</v>
+      </c>
+      <c r="L126" t="s">
+        <v>123</v>
+      </c>
+      <c r="M126" t="s">
+        <v>123</v>
+      </c>
+      <c r="N126" t="s">
+        <v>123</v>
+      </c>
+      <c r="O126" t="s">
+        <v>123</v>
+      </c>
+      <c r="P126" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>123</v>
+      </c>
+      <c r="R126" t="s">
+        <v>123</v>
+      </c>
+      <c r="S126" t="s">
+        <v>52</v>
+      </c>
+      <c r="T126" t="s">
+        <v>123</v>
+      </c>
+      <c r="U126" t="s">
+        <v>52</v>
+      </c>
+      <c r="V126" t="s">
+        <v>123</v>
+      </c>
+      <c r="W126" t="s">
+        <v>123</v>
+      </c>
+      <c r="X126" t="s">
+        <v>123</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>123</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AF126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AG126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AH126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AI126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AJ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AM126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AN126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AO126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AP126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AQ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AR126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AS126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AT126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AV126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AW126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AX126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AY126" t="s">
+        <v>123</v>
+      </c>
+      <c r="AZ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BA126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BC126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BD126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BE126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BF126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BG126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BH126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BI126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BJ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BK126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BL126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BM126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BN126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BO126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BP126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BQ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BR126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BS126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BT126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BU126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BV126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BW126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BX126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BY126" t="s">
+        <v>123</v>
+      </c>
+      <c r="BZ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CA126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CB126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CC126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CD126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CE126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CF126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CG126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CH126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CI126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CJ126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CK126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CL126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CM126" t="s">
+        <v>123</v>
+      </c>
+      <c r="CN126" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="128" spans="1:92">
+      <c r="A128" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B128" s="1"/>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1"/>
+      <c r="H128" s="1"/>
+      <c r="I128" s="1"/>
+      <c r="J128" s="1"/>
+      <c r="K128" s="1"/>
+      <c r="L128" s="1"/>
+      <c r="M128" s="1"/>
+      <c r="N128" s="1"/>
+      <c r="O128" s="1"/>
+      <c r="P128" s="1"/>
+      <c r="Q128" s="1"/>
+      <c r="R128" s="1"/>
+      <c r="S128" s="1"/>
+      <c r="T128" s="1"/>
+      <c r="U128" s="1"/>
+      <c r="V128" s="1"/>
+      <c r="W128" s="1"/>
+      <c r="X128" s="1"/>
+      <c r="Y128" s="1"/>
+      <c r="Z128" s="1"/>
+      <c r="AA128" s="1"/>
+      <c r="AB128" s="1"/>
+      <c r="AC128" s="1"/>
+      <c r="AD128" s="1"/>
+      <c r="AE128" s="1"/>
+      <c r="AF128" s="1"/>
+      <c r="AG128" s="1"/>
+      <c r="AH128" s="1"/>
+      <c r="AI128" s="1"/>
+      <c r="AJ128" s="1"/>
+      <c r="AK128" s="1"/>
+      <c r="AL128" s="1"/>
+      <c r="AM128" s="1"/>
+      <c r="AN128" s="1"/>
+      <c r="AO128" s="1"/>
+      <c r="AP128" s="1"/>
+      <c r="AQ128" s="1"/>
+      <c r="AR128" s="1"/>
+      <c r="AS128" s="1"/>
+      <c r="AT128" s="1"/>
+      <c r="AU128" s="1"/>
+      <c r="AV128" s="1"/>
+      <c r="AW128" s="1"/>
+      <c r="AX128" s="1"/>
+      <c r="AY128" s="1"/>
+      <c r="AZ128" s="1"/>
+      <c r="BA128" s="1"/>
+      <c r="BB128" s="1"/>
+      <c r="BC128" s="1"/>
+      <c r="BD128" s="1"/>
+      <c r="BE128" s="1"/>
+      <c r="BF128" s="1"/>
+      <c r="BG128" s="1"/>
+      <c r="BH128" s="1"/>
+      <c r="BI128" s="1"/>
+      <c r="BJ128" s="1"/>
+      <c r="BK128" s="1"/>
+      <c r="BL128" s="1"/>
+      <c r="BM128" s="1"/>
+      <c r="BN128" s="1"/>
+      <c r="BO128" s="1"/>
+      <c r="BP128" s="1"/>
+      <c r="BQ128" s="1"/>
+      <c r="BR128" s="1"/>
+      <c r="BS128" s="1"/>
+      <c r="BT128" s="1"/>
+      <c r="BU128" s="1"/>
+      <c r="BV128" s="1"/>
+      <c r="BW128" s="1"/>
+      <c r="BX128" s="1"/>
+      <c r="BY128" s="1"/>
+      <c r="BZ128" s="1"/>
+      <c r="CA128" s="1"/>
+      <c r="CB128" s="1"/>
+      <c r="CC128" s="1"/>
+      <c r="CD128" s="1"/>
+      <c r="CE128" s="1"/>
+      <c r="CF128" s="1"/>
+      <c r="CG128" s="1"/>
+      <c r="CH128" s="1"/>
+      <c r="CI128" s="1"/>
+      <c r="CJ128" s="1"/>
+      <c r="CK128" s="1"/>
+      <c r="CL128" s="1"/>
+      <c r="CM128" s="1"/>
+      <c r="CN128" s="1"/>
+    </row>
+    <row r="129" spans="1:92">
+      <c r="A129" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A129:CN129"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>