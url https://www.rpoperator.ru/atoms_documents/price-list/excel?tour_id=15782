--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -12,66 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="tselebnye-vody-kavkaza" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
-[...14 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>10.04.2026</t>
   </si>
   <si>
     <t>24.04.2026</t>
   </si>
   <si>
     <t>08.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
     <t>05.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>03.07.2026</t>
   </si>
   <si>
@@ -245,134 +230,134 @@
   <si>
     <t>Семейный</t>
   </si>
   <si>
     <t>33000 RUB</t>
   </si>
   <si>
     <t>33700 RUB</t>
   </si>
   <si>
     <t>47800 RUB</t>
   </si>
   <si>
     <t>49300 RUB</t>
   </si>
   <si>
     <t>Гостиница "Машук"</t>
   </si>
   <si>
     <t>Эконом</t>
   </si>
   <si>
     <t>23000 RUB</t>
   </si>
   <si>
+    <t>25300 RUB</t>
+  </si>
+  <si>
+    <t>24500 RUB</t>
+  </si>
+  <si>
     <t>23100 RUB</t>
   </si>
   <si>
-    <t>25300 RUB</t>
-[...2 lines deleted...]
-    <t>24500 RUB</t>
+    <t>31700 RUB</t>
+  </si>
+  <si>
+    <t>30500 RUB</t>
   </si>
   <si>
     <t>27200 RUB</t>
   </si>
   <si>
-    <t>31700 RUB</t>
-[...2 lines deleted...]
-    <t>30500 RUB</t>
+    <t>25900 RUB</t>
   </si>
   <si>
     <t>24400 RUB</t>
   </si>
   <si>
-    <t>25900 RUB</t>
+    <t>25100 RUB</t>
   </si>
   <si>
     <t>24100 RUB</t>
   </si>
   <si>
-    <t>25100 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>34300 RUB</t>
   </si>
   <si>
     <t>Семейный 3-х комнатный</t>
   </si>
   <si>
+    <t>39800 RUB</t>
+  </si>
+  <si>
+    <t>37300 RUB</t>
+  </si>
+  <si>
     <t>32700 RUB</t>
   </si>
   <si>
-    <t>39800 RUB</t>
-[...2 lines deleted...]
-    <t>37300 RUB</t>
+    <t>62100 RUB</t>
+  </si>
+  <si>
+    <t>57100 RUB</t>
   </si>
   <si>
     <t>47900 RUB</t>
   </si>
   <si>
-    <t>62100 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Семейный 3-хместное</t>
   </si>
   <si>
     <t>32400 RUB</t>
   </si>
   <si>
     <t>30700 RUB</t>
   </si>
   <si>
     <t>Семейный 4-хместное</t>
   </si>
   <si>
     <t>27400 RUB</t>
   </si>
   <si>
     <t>Комфорт 2-х комнатный</t>
   </si>
   <si>
     <t>28900 RUB</t>
   </si>
   <si>
+    <t>51500 RUB</t>
+  </si>
+  <si>
+    <t>47000 RUB</t>
+  </si>
+  <si>
     <t>40300 RUB</t>
   </si>
   <si>
-    <t>51500 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Комфорт 3-хместное</t>
   </si>
   <si>
     <t>28800 RUB</t>
   </si>
   <si>
     <t>27300 RUB</t>
   </si>
   <si>
     <t>Комфорт 4-хместное</t>
   </si>
   <si>
     <t>24700 RUB</t>
   </si>
   <si>
     <t>Парк-отель "БУГАРЬ"</t>
   </si>
   <si>
     <t>24600 RUB</t>
   </si>
   <si>
     <t>37100 RUB</t>
   </si>
   <si>
     <t>50700 RUB</t>
@@ -506,51 +491,51 @@
   <si>
     <t>Джуниор Сюит</t>
   </si>
   <si>
     <t>23700 RUB</t>
   </si>
   <si>
     <t>Апартаменты</t>
   </si>
   <si>
     <t>21200 RUB</t>
   </si>
   <si>
     <t>Стандарт 4-хместное</t>
   </si>
   <si>
     <t>19000 RUB</t>
   </si>
   <si>
     <t>Гостиница "Олимпос"</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 24.12.2025 20:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 25.03.2026 00:29, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -892,87 +877,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z196"/>
+  <dimension ref="A1:U196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A195" sqref="A195:Z195"/>
+      <selection activeCell="A195" sqref="A195:U195"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26">
+    <row r="1" spans="1:21">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -990,11387 +970,9297 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="V1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:21">
+      <c r="A2" s="2" t="s">
         <v>20</v>
-      </c>
-[...15 lines deleted...]
-        <v>25</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
-      <c r="V2" s="2"/>
-[...5 lines deleted...]
-    <row r="3" spans="1:26">
+    </row>
+    <row r="3" spans="1:21">
       <c r="A3" s="3" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
-      <c r="V3" s="3"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:26">
+    </row>
+    <row r="4" spans="1:21">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="J4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="L4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="M4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="N4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="O4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="P4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="Q4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="R4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="S4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="T4" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="U4" t="s">
-        <v>28</v>
-[...17 lines deleted...]
-    <row r="5" spans="1:26">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="M5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="N5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="O5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="P5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="R5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="S5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="T5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="U5" t="s">
-        <v>30</v>
-[...17 lines deleted...]
-    <row r="6" spans="1:26">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
       <c r="A6" s="3" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
-      <c r="V6" s="3"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:26">
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>27</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="K7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="L7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="N7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="Q7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="R7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="S7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="T7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="U7" t="s">
-        <v>32</v>
-[...17 lines deleted...]
-    <row r="8" spans="1:26">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" t="s">
+        <v>28</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8" t="s">
+        <v>28</v>
+      </c>
+      <c r="K8" t="s">
+        <v>28</v>
+      </c>
+      <c r="L8" t="s">
+        <v>28</v>
+      </c>
+      <c r="M8" t="s">
+        <v>28</v>
+      </c>
+      <c r="N8" t="s">
+        <v>28</v>
+      </c>
+      <c r="O8" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>28</v>
+      </c>
+      <c r="R8" t="s">
+        <v>28</v>
+      </c>
+      <c r="S8" t="s">
+        <v>28</v>
+      </c>
+      <c r="T8" t="s">
+        <v>28</v>
+      </c>
+      <c r="U8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="3" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
-      <c r="V9" s="3"/>
-[...5 lines deleted...]
-    <row r="10" spans="1:26">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="J10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="L10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="N10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="O10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="P10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="Q10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="S10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="T10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="U10" t="s">
-        <v>35</v>
-[...17 lines deleted...]
-    <row r="11" spans="1:26">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="H11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="J11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="K11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="L11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="O11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="P11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="Q11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="R11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="S11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="T11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="U11" t="s">
-        <v>36</v>
-[...17 lines deleted...]
-    <row r="12" spans="1:26">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
-      <c r="V12" s="3"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:26">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="K13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="L13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="S13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="T13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="U13" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-    <row r="14" spans="1:26">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="I14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="J14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="K14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="N14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="O14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="P14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="R14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="S14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="T14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="U14" t="s">
-        <v>39</v>
-[...17 lines deleted...]
-    <row r="15" spans="1:26">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
-      <c r="V15" s="4"/>
-[...5 lines deleted...]
-    <row r="16" spans="1:26">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
-      <c r="V16" s="2"/>
-[...5 lines deleted...]
-    <row r="17" spans="1:26">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
-      <c r="V17" s="3"/>
-[...5 lines deleted...]
-    <row r="18" spans="1:26">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>38</v>
+      </c>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>38</v>
+      </c>
+      <c r="P18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R18" t="s">
+        <v>38</v>
+      </c>
+      <c r="S18" t="s">
+        <v>38</v>
+      </c>
+      <c r="T18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
         <v>42</v>
       </c>
-      <c r="C18" t="s">
-[...14 lines deleted...]
-      <c r="H18" t="s">
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19" t="s">
+        <v>41</v>
+      </c>
+      <c r="I19" t="s">
+        <v>41</v>
+      </c>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>41</v>
+      </c>
+      <c r="L19" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" t="s">
+        <v>41</v>
+      </c>
+      <c r="N19" t="s">
+        <v>41</v>
+      </c>
+      <c r="O19" t="s">
+        <v>41</v>
+      </c>
+      <c r="P19" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>41</v>
+      </c>
+      <c r="R19" t="s">
+        <v>41</v>
+      </c>
+      <c r="S19" t="s">
+        <v>41</v>
+      </c>
+      <c r="T19" t="s">
+        <v>41</v>
+      </c>
+      <c r="U19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="3" t="s">
         <v>43</v>
-      </c>
-[...137 lines deleted...]
-        <v>48</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
-      <c r="V20" s="3"/>
-[...5 lines deleted...]
-    <row r="21" spans="1:26">
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H21" t="s">
+        <v>44</v>
+      </c>
+      <c r="I21" t="s">
+        <v>44</v>
+      </c>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>44</v>
+      </c>
+      <c r="L21" t="s">
+        <v>44</v>
+      </c>
+      <c r="M21" t="s">
+        <v>44</v>
+      </c>
+      <c r="N21" t="s">
+        <v>44</v>
+      </c>
+      <c r="O21" t="s">
+        <v>44</v>
+      </c>
+      <c r="P21" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>44</v>
+      </c>
+      <c r="R21" t="s">
+        <v>44</v>
+      </c>
+      <c r="S21" t="s">
+        <v>44</v>
+      </c>
+      <c r="T21" t="s">
+        <v>44</v>
+      </c>
+      <c r="U21" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" t="s">
         <v>49</v>
       </c>
-      <c r="I21" t="s">
-[...2 lines deleted...]
-      <c r="J21" t="s">
+      <c r="F22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22" t="s">
+        <v>48</v>
+      </c>
+      <c r="I22" t="s">
+        <v>48</v>
+      </c>
+      <c r="J22" t="s">
+        <v>48</v>
+      </c>
+      <c r="K22" t="s">
+        <v>48</v>
+      </c>
+      <c r="L22" t="s">
+        <v>48</v>
+      </c>
+      <c r="M22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>48</v>
+      </c>
+      <c r="O22" t="s">
+        <v>48</v>
+      </c>
+      <c r="P22" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>48</v>
+      </c>
+      <c r="R22" t="s">
+        <v>48</v>
+      </c>
+      <c r="S22" t="s">
+        <v>48</v>
+      </c>
+      <c r="T22" t="s">
+        <v>48</v>
+      </c>
+      <c r="U22" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" t="s">
         <v>50</v>
       </c>
-      <c r="K21" t="s">
-[...49 lines deleted...]
-      <c r="A22" t="s">
+      <c r="D23" t="s">
+        <v>50</v>
+      </c>
+      <c r="E23" t="s">
         <v>51</v>
       </c>
-      <c r="B22" t="s">
+      <c r="F23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H23" t="s">
+        <v>50</v>
+      </c>
+      <c r="I23" t="s">
+        <v>50</v>
+      </c>
+      <c r="J23" t="s">
+        <v>50</v>
+      </c>
+      <c r="K23" t="s">
+        <v>50</v>
+      </c>
+      <c r="L23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M23" t="s">
+        <v>50</v>
+      </c>
+      <c r="N23" t="s">
+        <v>50</v>
+      </c>
+      <c r="O23" t="s">
+        <v>50</v>
+      </c>
+      <c r="P23" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>50</v>
+      </c>
+      <c r="R23" t="s">
+        <v>50</v>
+      </c>
+      <c r="S23" t="s">
+        <v>50</v>
+      </c>
+      <c r="T23" t="s">
+        <v>50</v>
+      </c>
+      <c r="U23" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
+      <c r="A24" s="3" t="s">
         <v>52</v>
-      </c>
-[...155 lines deleted...]
-        <v>57</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
-      <c r="V24" s="3"/>
-[...5 lines deleted...]
-    <row r="25" spans="1:26">
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D25" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="I25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="J25" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="K25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="N25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="O25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="P25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="R25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="S25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="T25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="U25" t="s">
-        <v>39</v>
-[...17 lines deleted...]
-    <row r="26" spans="1:26">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26" t="s">
         <v>54</v>
       </c>
       <c r="E26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>54</v>
       </c>
       <c r="H26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="I26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="J26" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="K26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="L26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="M26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="N26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="O26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="P26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="Q26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="R26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="S26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="T26" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="U26" t="s">
-        <v>59</v>
-[...17 lines deleted...]
-    <row r="27" spans="1:26">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>56</v>
       </c>
       <c r="E27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>56</v>
       </c>
       <c r="H27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J27" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="L27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="M27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="N27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="O27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="P27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="Q27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="R27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="S27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="T27" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="U27" t="s">
-        <v>61</v>
-[...17 lines deleted...]
-    <row r="28" spans="1:26">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
       <c r="A28" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
-      <c r="V28" s="3"/>
-[...5 lines deleted...]
-    <row r="29" spans="1:26">
+    </row>
+    <row r="29" spans="1:21">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="E29" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F29" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G29" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="L29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="O29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="P29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="Q29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="S29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T29" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="U29" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="30" spans="1:26">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
       <c r="A30" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
       <c r="T30" s="3"/>
       <c r="U30" s="3"/>
-      <c r="V30" s="3"/>
-[...5 lines deleted...]
-    <row r="31" spans="1:26">
+    </row>
+    <row r="31" spans="1:21">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="E31" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="F31" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="G31" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="H31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="I31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="J31" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="K31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="M31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="N31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="O31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="P31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="Q31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="R31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="S31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="T31" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="U31" t="s">
-        <v>54</v>
-[...17 lines deleted...]
-    <row r="32" spans="1:26">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
       <c r="P32" s="3"/>
       <c r="Q32" s="3"/>
       <c r="R32" s="3"/>
       <c r="S32" s="3"/>
       <c r="T32" s="3"/>
       <c r="U32" s="3"/>
-      <c r="V32" s="3"/>
-[...5 lines deleted...]
-    <row r="33" spans="1:26">
+    </row>
+    <row r="33" spans="1:21">
       <c r="A33" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="D33" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E33" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="F33" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="G33" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="H33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="I33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J33" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="K33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="N33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="O33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="P33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="Q33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="S33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T33" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="U33" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-    <row r="34" spans="1:26">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="E34" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="G34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="H34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="I34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="J34" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="K34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="L34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="M34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="N34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="O34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="P34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="Q34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="R34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="S34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T34" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="U34" t="s">
-        <v>72</v>
-[...17 lines deleted...]
-    <row r="35" spans="1:26">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
       <c r="J35" s="4"/>
       <c r="K35" s="4"/>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
       <c r="N35" s="4"/>
       <c r="O35" s="4"/>
       <c r="P35" s="4"/>
       <c r="Q35" s="4"/>
       <c r="R35" s="4"/>
       <c r="S35" s="4"/>
       <c r="T35" s="4"/>
       <c r="U35" s="4"/>
-      <c r="V35" s="4"/>
-[...5 lines deleted...]
-    <row r="36" spans="1:26">
+    </row>
+    <row r="36" spans="1:21">
       <c r="A36" s="2" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
-      <c r="V36" s="2"/>
-[...5 lines deleted...]
-    <row r="37" spans="1:26">
+    </row>
+    <row r="37" spans="1:21">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="3"/>
       <c r="S37" s="3"/>
       <c r="T37" s="3"/>
       <c r="U37" s="3"/>
-      <c r="V37" s="3"/>
-[...5 lines deleted...]
-    <row r="38" spans="1:26">
+    </row>
+    <row r="38" spans="1:21">
       <c r="A38" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B38" t="s">
+        <v>28</v>
+      </c>
+      <c r="C38" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" t="s">
+        <v>28</v>
+      </c>
+      <c r="F38" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" t="s">
+        <v>25</v>
+      </c>
+      <c r="I38" t="s">
+        <v>25</v>
+      </c>
+      <c r="J38" t="s">
+        <v>25</v>
+      </c>
+      <c r="K38" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" t="s">
+        <v>25</v>
+      </c>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>25</v>
+      </c>
+      <c r="O38" t="s">
+        <v>25</v>
+      </c>
+      <c r="P38" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>25</v>
+      </c>
+      <c r="R38" t="s">
+        <v>71</v>
+      </c>
+      <c r="S38" t="s">
+        <v>71</v>
+      </c>
+      <c r="T38" t="s">
+        <v>71</v>
+      </c>
+      <c r="U38" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>72</v>
+      </c>
+      <c r="C39" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39" t="s">
+        <v>73</v>
+      </c>
+      <c r="E39" t="s">
+        <v>72</v>
+      </c>
+      <c r="F39" t="s">
+        <v>73</v>
+      </c>
+      <c r="G39" t="s">
+        <v>73</v>
+      </c>
+      <c r="H39" t="s">
+        <v>73</v>
+      </c>
+      <c r="I39" t="s">
+        <v>73</v>
+      </c>
+      <c r="J39" t="s">
+        <v>73</v>
+      </c>
+      <c r="K39" t="s">
+        <v>73</v>
+      </c>
+      <c r="L39" t="s">
+        <v>73</v>
+      </c>
+      <c r="M39" t="s">
+        <v>73</v>
+      </c>
+      <c r="N39" t="s">
+        <v>73</v>
+      </c>
+      <c r="O39" t="s">
+        <v>73</v>
+      </c>
+      <c r="P39" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>73</v>
+      </c>
+      <c r="R39" t="s">
+        <v>74</v>
+      </c>
+      <c r="S39" t="s">
+        <v>74</v>
+      </c>
+      <c r="T39" t="s">
+        <v>74</v>
+      </c>
+      <c r="U39" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21">
+      <c r="A40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" t="s">
         <v>76</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D40" t="s">
         <v>76</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E40" t="s">
+        <v>75</v>
+      </c>
+      <c r="F40" t="s">
         <v>76</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G40" t="s">
         <v>76</v>
       </c>
-      <c r="F38" t="s">
+      <c r="H40" t="s">
         <v>76</v>
       </c>
-      <c r="G38" t="s">
-[...47 lines deleted...]
-      <c r="W38" t="s">
+      <c r="I40" t="s">
         <v>76</v>
       </c>
-      <c r="X38" t="s">
+      <c r="J40" t="s">
         <v>76</v>
       </c>
-      <c r="Y38" t="s">
+      <c r="K40" t="s">
         <v>76</v>
       </c>
-      <c r="Z38" t="s">
+      <c r="L40" t="s">
         <v>76</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B39" t="s">
+      <c r="M40" t="s">
+        <v>76</v>
+      </c>
+      <c r="N40" t="s">
+        <v>76</v>
+      </c>
+      <c r="O40" t="s">
+        <v>76</v>
+      </c>
+      <c r="P40" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>76</v>
+      </c>
+      <c r="R40" t="s">
         <v>77</v>
       </c>
-      <c r="C39" t="s">
+      <c r="S40" t="s">
         <v>77</v>
       </c>
-      <c r="D39" t="s">
+      <c r="T40" t="s">
         <v>77</v>
       </c>
-      <c r="E39" t="s">
+      <c r="U40" t="s">
         <v>77</v>
       </c>
-      <c r="F39" t="s">
-[...143 lines deleted...]
-    <row r="41" spans="1:26">
+    </row>
+    <row r="41" spans="1:21">
       <c r="A41" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
-      <c r="V41" s="3"/>
-[...5 lines deleted...]
-    <row r="42" spans="1:26">
+    </row>
+    <row r="42" spans="1:21">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B42" t="s">
+        <v>63</v>
+      </c>
+      <c r="C42" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" t="s">
+        <v>78</v>
+      </c>
+      <c r="E42" t="s">
+        <v>63</v>
+      </c>
+      <c r="F42" t="s">
+        <v>78</v>
+      </c>
+      <c r="G42" t="s">
+        <v>78</v>
+      </c>
+      <c r="H42" t="s">
+        <v>78</v>
+      </c>
+      <c r="I42" t="s">
+        <v>78</v>
+      </c>
+      <c r="J42" t="s">
+        <v>78</v>
+      </c>
+      <c r="K42" t="s">
+        <v>78</v>
+      </c>
+      <c r="L42" t="s">
+        <v>78</v>
+      </c>
+      <c r="M42" t="s">
+        <v>78</v>
+      </c>
+      <c r="N42" t="s">
+        <v>78</v>
+      </c>
+      <c r="O42" t="s">
+        <v>78</v>
+      </c>
+      <c r="P42" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>78</v>
+      </c>
+      <c r="R42" t="s">
+        <v>79</v>
+      </c>
+      <c r="S42" t="s">
+        <v>79</v>
+      </c>
+      <c r="T42" t="s">
+        <v>79</v>
+      </c>
+      <c r="U42" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21">
+      <c r="A43" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" t="s">
+        <v>78</v>
+      </c>
+      <c r="C43" t="s">
+        <v>80</v>
+      </c>
+      <c r="D43" t="s">
+        <v>80</v>
+      </c>
+      <c r="E43" t="s">
+        <v>78</v>
+      </c>
+      <c r="F43" t="s">
+        <v>80</v>
+      </c>
+      <c r="G43" t="s">
+        <v>80</v>
+      </c>
+      <c r="H43" t="s">
+        <v>80</v>
+      </c>
+      <c r="I43" t="s">
+        <v>80</v>
+      </c>
+      <c r="J43" t="s">
+        <v>80</v>
+      </c>
+      <c r="K43" t="s">
+        <v>80</v>
+      </c>
+      <c r="L43" t="s">
+        <v>80</v>
+      </c>
+      <c r="M43" t="s">
+        <v>80</v>
+      </c>
+      <c r="N43" t="s">
+        <v>80</v>
+      </c>
+      <c r="O43" t="s">
+        <v>80</v>
+      </c>
+      <c r="P43" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="U43" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21">
+      <c r="A44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" t="s">
+        <v>82</v>
+      </c>
+      <c r="C44" t="s">
+        <v>75</v>
+      </c>
+      <c r="D44" t="s">
+        <v>75</v>
+      </c>
+      <c r="E44" t="s">
+        <v>82</v>
+      </c>
+      <c r="F44" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" t="s">
+        <v>75</v>
+      </c>
+      <c r="H44" t="s">
+        <v>75</v>
+      </c>
+      <c r="I44" t="s">
+        <v>75</v>
+      </c>
+      <c r="J44" t="s">
+        <v>75</v>
+      </c>
+      <c r="K44" t="s">
+        <v>75</v>
+      </c>
+      <c r="L44" t="s">
+        <v>75</v>
+      </c>
+      <c r="M44" t="s">
+        <v>75</v>
+      </c>
+      <c r="N44" t="s">
+        <v>75</v>
+      </c>
+      <c r="O44" t="s">
+        <v>75</v>
+      </c>
+      <c r="P44" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>75</v>
+      </c>
+      <c r="R44" t="s">
+        <v>44</v>
+      </c>
+      <c r="S44" t="s">
+        <v>44</v>
+      </c>
+      <c r="T44" t="s">
+        <v>44</v>
+      </c>
+      <c r="U44" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21">
+      <c r="A45" s="3" t="s">
         <v>83</v>
-      </c>
-[...235 lines deleted...]
-        <v>88</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
       <c r="Q45" s="3"/>
       <c r="R45" s="3"/>
       <c r="S45" s="3"/>
       <c r="T45" s="3"/>
       <c r="U45" s="3"/>
-      <c r="V45" s="3"/>
-[...5 lines deleted...]
-    <row r="46" spans="1:26">
+    </row>
+    <row r="46" spans="1:21">
       <c r="A46" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B46" t="s">
+        <v>84</v>
+      </c>
+      <c r="C46" t="s">
+        <v>85</v>
+      </c>
+      <c r="D46" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" t="s">
+        <v>84</v>
+      </c>
+      <c r="F46" t="s">
+        <v>85</v>
+      </c>
+      <c r="G46" t="s">
+        <v>85</v>
+      </c>
+      <c r="H46" t="s">
+        <v>85</v>
+      </c>
+      <c r="I46" t="s">
+        <v>85</v>
+      </c>
+      <c r="J46" t="s">
+        <v>85</v>
+      </c>
+      <c r="K46" t="s">
+        <v>85</v>
+      </c>
+      <c r="L46" t="s">
+        <v>85</v>
+      </c>
+      <c r="M46" t="s">
+        <v>85</v>
+      </c>
+      <c r="N46" t="s">
+        <v>85</v>
+      </c>
+      <c r="O46" t="s">
+        <v>85</v>
+      </c>
+      <c r="P46" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>85</v>
+      </c>
+      <c r="R46" t="s">
+        <v>86</v>
+      </c>
+      <c r="S46" t="s">
+        <v>86</v>
+      </c>
+      <c r="T46" t="s">
+        <v>86</v>
+      </c>
+      <c r="U46" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21">
+      <c r="A47" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" t="s">
+        <v>88</v>
+      </c>
+      <c r="D47" t="s">
+        <v>88</v>
+      </c>
+      <c r="E47" t="s">
+        <v>87</v>
+      </c>
+      <c r="F47" t="s">
+        <v>88</v>
+      </c>
+      <c r="G47" t="s">
+        <v>88</v>
+      </c>
+      <c r="H47" t="s">
+        <v>88</v>
+      </c>
+      <c r="I47" t="s">
+        <v>88</v>
+      </c>
+      <c r="J47" t="s">
+        <v>88</v>
+      </c>
+      <c r="K47" t="s">
+        <v>88</v>
+      </c>
+      <c r="L47" t="s">
+        <v>88</v>
+      </c>
+      <c r="M47" t="s">
+        <v>88</v>
+      </c>
+      <c r="N47" t="s">
+        <v>88</v>
+      </c>
+      <c r="O47" t="s">
+        <v>88</v>
+      </c>
+      <c r="P47" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>88</v>
+      </c>
+      <c r="R47" t="s">
         <v>89</v>
       </c>
-      <c r="C46" t="s">
+      <c r="S47" t="s">
         <v>89</v>
       </c>
-      <c r="D46" t="s">
+      <c r="T47" t="s">
         <v>89</v>
       </c>
-      <c r="E46" t="s">
+      <c r="U47" t="s">
         <v>89</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+    </row>
+    <row r="48" spans="1:21">
+      <c r="A48" s="3" t="s">
         <v>90</v>
-      </c>
-[...140 lines deleted...]
-        <v>95</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
-      <c r="V48" s="3"/>
-[...5 lines deleted...]
-    <row r="49" spans="1:26">
+    </row>
+    <row r="49" spans="1:21">
       <c r="A49" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B49" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="C49" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="D49" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="F49" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="G49" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="H49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="I49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="J49" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="K49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="L49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="M49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="O49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="P49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="Q49" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="R49" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="S49" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="T49" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="U49" t="s">
-        <v>97</v>
-[...17 lines deleted...]
-    <row r="50" spans="1:26">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21">
       <c r="A50" s="3" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
       <c r="N50" s="3"/>
       <c r="O50" s="3"/>
       <c r="P50" s="3"/>
       <c r="Q50" s="3"/>
       <c r="R50" s="3"/>
       <c r="S50" s="3"/>
       <c r="T50" s="3"/>
       <c r="U50" s="3"/>
-      <c r="V50" s="3"/>
-[...5 lines deleted...]
-    <row r="51" spans="1:26">
+    </row>
+    <row r="51" spans="1:21">
       <c r="A51" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="C51" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D51" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="E51" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="F51" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="G51" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="H51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="I51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="J51" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="K51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="L51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="M51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="N51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="O51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="P51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="Q51" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="R51" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="S51" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="T51" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="U51" t="s">
-        <v>99</v>
-[...17 lines deleted...]
-    <row r="52" spans="1:26">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21">
       <c r="A52" s="3" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B52" s="3"/>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
       <c r="K52" s="3"/>
       <c r="L52" s="3"/>
       <c r="M52" s="3"/>
       <c r="N52" s="3"/>
       <c r="O52" s="3"/>
       <c r="P52" s="3"/>
       <c r="Q52" s="3"/>
       <c r="R52" s="3"/>
       <c r="S52" s="3"/>
       <c r="T52" s="3"/>
       <c r="U52" s="3"/>
-      <c r="V52" s="3"/>
-[...5 lines deleted...]
-    <row r="53" spans="1:26">
+    </row>
+    <row r="53" spans="1:21">
       <c r="A53" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B53" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="C53" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="D53" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="F53" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="G53" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="H53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="I53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="J53" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="K53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="L53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="M53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="N53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="O53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="P53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="Q53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="R53" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="S53" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="T53" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="U53" t="s">
-        <v>58</v>
-[...17 lines deleted...]
-    <row r="54" spans="1:26">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
       <c r="A54" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B54" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C54" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D54" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F54" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="G54" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="H54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="I54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="J54" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="K54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="L54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="M54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="N54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="O54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="P54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="Q54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="R54" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="S54" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="T54" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="U54" t="s">
-        <v>104</v>
-[...17 lines deleted...]
-    <row r="55" spans="1:26">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
       <c r="A55" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3"/>
       <c r="P55" s="3"/>
       <c r="Q55" s="3"/>
       <c r="R55" s="3"/>
       <c r="S55" s="3"/>
       <c r="T55" s="3"/>
       <c r="U55" s="3"/>
-      <c r="V55" s="3"/>
-[...5 lines deleted...]
-    <row r="56" spans="1:26">
+    </row>
+    <row r="56" spans="1:21">
       <c r="A56" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="C56" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="D56" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="E56" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="F56" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="G56" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="H56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="I56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="J56" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="K56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="L56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="M56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="O56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="P56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="Q56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="R56" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="S56" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="T56" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="U56" t="s">
-        <v>107</v>
-[...17 lines deleted...]
-    <row r="57" spans="1:26">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21">
       <c r="A57" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B57" s="3"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3"/>
       <c r="K57" s="3"/>
       <c r="L57" s="3"/>
       <c r="M57" s="3"/>
       <c r="N57" s="3"/>
       <c r="O57" s="3"/>
       <c r="P57" s="3"/>
       <c r="Q57" s="3"/>
       <c r="R57" s="3"/>
       <c r="S57" s="3"/>
       <c r="T57" s="3"/>
       <c r="U57" s="3"/>
-      <c r="V57" s="3"/>
-[...5 lines deleted...]
-    <row r="58" spans="1:26">
+    </row>
+    <row r="58" spans="1:21">
       <c r="A58" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B58" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="C58" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="E58" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="F58" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="G58" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="H58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="J58" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="K58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="M58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="P58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="Q58" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="R58" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="S58" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="T58" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="U58" t="s">
-        <v>42</v>
-[...17 lines deleted...]
-    <row r="59" spans="1:26">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21">
       <c r="A59" s="4"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="4"/>
       <c r="H59" s="4"/>
       <c r="I59" s="4"/>
       <c r="J59" s="4"/>
       <c r="K59" s="4"/>
       <c r="L59" s="4"/>
       <c r="M59" s="4"/>
       <c r="N59" s="4"/>
       <c r="O59" s="4"/>
       <c r="P59" s="4"/>
       <c r="Q59" s="4"/>
       <c r="R59" s="4"/>
       <c r="S59" s="4"/>
       <c r="T59" s="4"/>
       <c r="U59" s="4"/>
-      <c r="V59" s="4"/>
-[...5 lines deleted...]
-    <row r="60" spans="1:26">
+    </row>
+    <row r="60" spans="1:21">
       <c r="A60" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
-      <c r="V60" s="2"/>
-[...5 lines deleted...]
-    <row r="61" spans="1:26">
+    </row>
+    <row r="61" spans="1:21">
       <c r="A61" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3"/>
       <c r="P61" s="3"/>
       <c r="Q61" s="3"/>
       <c r="R61" s="3"/>
       <c r="S61" s="3"/>
       <c r="T61" s="3"/>
       <c r="U61" s="3"/>
-      <c r="V61" s="3"/>
-[...5 lines deleted...]
-    <row r="62" spans="1:26">
+    </row>
+    <row r="62" spans="1:21">
       <c r="A62" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="D62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="I62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="J62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="L62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="O62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="P62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="Q62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="R62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="S62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="T62" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="U62" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-    <row r="63" spans="1:26">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21">
       <c r="A63" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="F63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="H63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="I63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="J63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="K63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="L63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="M63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="N63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="O63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="P63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="Q63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="R63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="S63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T63" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="U63" t="s">
-        <v>111</v>
-[...17 lines deleted...]
-    <row r="64" spans="1:26">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
       <c r="A64" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="G64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="H64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="I64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="J64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="K64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="L64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="M64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="N64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="O64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="P64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="Q64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="R64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="S64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="T64" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="U64" t="s">
-        <v>112</v>
-[...17 lines deleted...]
-    <row r="65" spans="1:26">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21">
       <c r="A65" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="J65" s="3"/>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="M65" s="3"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3"/>
       <c r="P65" s="3"/>
       <c r="Q65" s="3"/>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
       <c r="U65" s="3"/>
-      <c r="V65" s="3"/>
-[...5 lines deleted...]
-    <row r="66" spans="1:26">
+    </row>
+    <row r="66" spans="1:21">
       <c r="A66" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="I66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="N66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="O66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="P66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="Q66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="S66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T66" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="U66" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-    <row r="67" spans="1:26">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
       <c r="A67" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="I67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="L67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="M67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="N67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="O67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="P67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="Q67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="R67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="S67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="T67" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="U67" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-    <row r="68" spans="1:26">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
       <c r="A68" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="K68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="L68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="M68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="N68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="O68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="P68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="Q68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="R68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="S68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="T68" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="U68" t="s">
-        <v>113</v>
-[...17 lines deleted...]
-    <row r="69" spans="1:26">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
       <c r="A69" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
       <c r="Q69" s="3"/>
       <c r="R69" s="3"/>
       <c r="S69" s="3"/>
       <c r="T69" s="3"/>
       <c r="U69" s="3"/>
-      <c r="V69" s="3"/>
-[...5 lines deleted...]
-    <row r="70" spans="1:26">
+    </row>
+    <row r="70" spans="1:21">
       <c r="A70" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="E70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="G70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="H70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="I70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="J70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="K70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="L70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="M70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="N70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="O70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="P70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="Q70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="R70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="S70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="T70" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="U70" t="s">
-        <v>115</v>
-[...17 lines deleted...]
-    <row r="71" spans="1:26">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="4"/>
       <c r="J71" s="4"/>
       <c r="K71" s="4"/>
       <c r="L71" s="4"/>
       <c r="M71" s="4"/>
       <c r="N71" s="4"/>
       <c r="O71" s="4"/>
       <c r="P71" s="4"/>
       <c r="Q71" s="4"/>
       <c r="R71" s="4"/>
       <c r="S71" s="4"/>
       <c r="T71" s="4"/>
       <c r="U71" s="4"/>
-      <c r="V71" s="4"/>
-[...5 lines deleted...]
-    <row r="72" spans="1:26">
+    </row>
+    <row r="72" spans="1:21">
       <c r="A72" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
       <c r="J72" s="2"/>
       <c r="K72" s="2"/>
       <c r="L72" s="2"/>
       <c r="M72" s="2"/>
       <c r="N72" s="2"/>
       <c r="O72" s="2"/>
       <c r="P72" s="2"/>
       <c r="Q72" s="2"/>
       <c r="R72" s="2"/>
       <c r="S72" s="2"/>
       <c r="T72" s="2"/>
       <c r="U72" s="2"/>
-      <c r="V72" s="2"/>
-[...5 lines deleted...]
-    <row r="73" spans="1:26">
+    </row>
+    <row r="73" spans="1:21">
       <c r="A73" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B73" s="3"/>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
       <c r="Q73" s="3"/>
       <c r="R73" s="3"/>
       <c r="S73" s="3"/>
       <c r="T73" s="3"/>
       <c r="U73" s="3"/>
-      <c r="V73" s="3"/>
-[...5 lines deleted...]
-    <row r="74" spans="1:26">
+    </row>
+    <row r="74" spans="1:21">
       <c r="A74" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="H74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="I74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="J74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="K74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="L74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="M74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="N74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="O74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="P74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="Q74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="R74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="S74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="T74" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="U74" t="s">
-        <v>117</v>
-[...17 lines deleted...]
-    <row r="75" spans="1:26">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21">
       <c r="A75" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="E75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="F75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="G75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="H75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="I75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="J75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="K75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="L75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="M75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="N75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="O75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="P75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="Q75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="R75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="S75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="T75" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="U75" t="s">
-        <v>109</v>
-[...17 lines deleted...]
-    <row r="76" spans="1:26">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21">
       <c r="A76" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B76" s="3"/>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
       <c r="N76" s="3"/>
       <c r="O76" s="3"/>
       <c r="P76" s="3"/>
       <c r="Q76" s="3"/>
       <c r="R76" s="3"/>
       <c r="S76" s="3"/>
       <c r="T76" s="3"/>
       <c r="U76" s="3"/>
-      <c r="V76" s="3"/>
-[...5 lines deleted...]
-    <row r="77" spans="1:26">
+    </row>
+    <row r="77" spans="1:21">
       <c r="A77" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="H77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="I77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="J77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="L77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="M77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="N77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="O77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="P77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="Q77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="R77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="S77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="T77" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="U77" t="s">
-        <v>118</v>
-[...17 lines deleted...]
-    <row r="78" spans="1:26">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21">
       <c r="A78" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="E78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="H78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="I78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="J78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="K78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="L78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="M78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="O78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="P78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="Q78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="R78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="S78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="T78" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="U78" t="s">
-        <v>119</v>
-[...17 lines deleted...]
-    <row r="79" spans="1:26">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="79" spans="1:21">
       <c r="A79" t="s">
+        <v>24</v>
+      </c>
+      <c r="B79" t="s">
+        <v>115</v>
+      </c>
+      <c r="C79" t="s">
+        <v>115</v>
+      </c>
+      <c r="D79" t="s">
+        <v>115</v>
+      </c>
+      <c r="E79" t="s">
+        <v>115</v>
+      </c>
+      <c r="F79" t="s">
+        <v>115</v>
+      </c>
+      <c r="G79" t="s">
+        <v>115</v>
+      </c>
+      <c r="H79" t="s">
+        <v>115</v>
+      </c>
+      <c r="I79" t="s">
+        <v>115</v>
+      </c>
+      <c r="J79" t="s">
+        <v>115</v>
+      </c>
+      <c r="K79" t="s">
+        <v>115</v>
+      </c>
+      <c r="L79" t="s">
+        <v>115</v>
+      </c>
+      <c r="M79" t="s">
+        <v>115</v>
+      </c>
+      <c r="N79" t="s">
+        <v>115</v>
+      </c>
+      <c r="O79" t="s">
+        <v>115</v>
+      </c>
+      <c r="P79" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>115</v>
+      </c>
+      <c r="R79" t="s">
+        <v>115</v>
+      </c>
+      <c r="S79" t="s">
+        <v>115</v>
+      </c>
+      <c r="T79" t="s">
+        <v>115</v>
+      </c>
+      <c r="U79" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21">
+      <c r="A80" s="3" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
       <c r="M80" s="3"/>
       <c r="N80" s="3"/>
       <c r="O80" s="3"/>
       <c r="P80" s="3"/>
       <c r="Q80" s="3"/>
       <c r="R80" s="3"/>
       <c r="S80" s="3"/>
       <c r="T80" s="3"/>
       <c r="U80" s="3"/>
-      <c r="V80" s="3"/>
-[...5 lines deleted...]
-    <row r="81" spans="1:26">
+    </row>
+    <row r="81" spans="1:21">
       <c r="A81" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="F81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="G81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="H81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="I81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="J81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="K81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="L81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="M81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="N81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="O81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="P81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="Q81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="R81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="S81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="T81" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="U81" t="s">
-        <v>121</v>
-[...17 lines deleted...]
-    <row r="82" spans="1:26">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="82" spans="1:21">
       <c r="A82" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="J82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="N82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="P82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="Q82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="R82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="S82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="T82" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="U82" t="s">
-        <v>33</v>
-[...17 lines deleted...]
-    <row r="83" spans="1:26">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="83" spans="1:21">
       <c r="A83" s="4"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="4"/>
       <c r="H83" s="4"/>
       <c r="I83" s="4"/>
       <c r="J83" s="4"/>
       <c r="K83" s="4"/>
       <c r="L83" s="4"/>
       <c r="M83" s="4"/>
       <c r="N83" s="4"/>
       <c r="O83" s="4"/>
       <c r="P83" s="4"/>
       <c r="Q83" s="4"/>
       <c r="R83" s="4"/>
       <c r="S83" s="4"/>
       <c r="T83" s="4"/>
       <c r="U83" s="4"/>
-      <c r="V83" s="4"/>
-[...5 lines deleted...]
-    <row r="84" spans="1:26">
+    </row>
+    <row r="84" spans="1:21">
       <c r="A84" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
       <c r="L84" s="2"/>
       <c r="M84" s="2"/>
       <c r="N84" s="2"/>
       <c r="O84" s="2"/>
       <c r="P84" s="2"/>
       <c r="Q84" s="2"/>
       <c r="R84" s="2"/>
       <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="U84" s="2"/>
-      <c r="V84" s="2"/>
-[...5 lines deleted...]
-    <row r="85" spans="1:26">
+    </row>
+    <row r="85" spans="1:21">
       <c r="A85" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B85" s="3"/>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
       <c r="N85" s="3"/>
       <c r="O85" s="3"/>
       <c r="P85" s="3"/>
       <c r="Q85" s="3"/>
       <c r="R85" s="3"/>
       <c r="S85" s="3"/>
       <c r="T85" s="3"/>
       <c r="U85" s="3"/>
-      <c r="V85" s="3"/>
-[...5 lines deleted...]
-    <row r="86" spans="1:26">
+    </row>
+    <row r="86" spans="1:21">
       <c r="A86" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="E86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="H86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="I86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="J86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="K86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="L86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="M86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="O86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="P86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="Q86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="R86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="S86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="T86" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="U86" t="s">
-        <v>119</v>
-[...17 lines deleted...]
-    <row r="87" spans="1:26">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="87" spans="1:21">
       <c r="A87" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="L87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="O87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="P87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="Q87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="S87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="U87" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="88" spans="1:26">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="88" spans="1:21">
       <c r="A88" s="3" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3"/>
       <c r="K88" s="3"/>
       <c r="L88" s="3"/>
       <c r="M88" s="3"/>
       <c r="N88" s="3"/>
       <c r="O88" s="3"/>
       <c r="P88" s="3"/>
       <c r="Q88" s="3"/>
       <c r="R88" s="3"/>
       <c r="S88" s="3"/>
       <c r="T88" s="3"/>
       <c r="U88" s="3"/>
-      <c r="V88" s="3"/>
-[...5 lines deleted...]
-    <row r="89" spans="1:26">
+    </row>
+    <row r="89" spans="1:21">
       <c r="A89" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="G89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="H89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="I89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="J89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="L89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="M89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="N89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="O89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="P89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="Q89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="R89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="S89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="T89" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="U89" t="s">
-        <v>124</v>
-[...17 lines deleted...]
-    <row r="90" spans="1:26">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="90" spans="1:21">
       <c r="A90" s="4"/>
       <c r="B90" s="4"/>
       <c r="C90" s="4"/>
       <c r="D90" s="4"/>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="4"/>
       <c r="H90" s="4"/>
       <c r="I90" s="4"/>
       <c r="J90" s="4"/>
       <c r="K90" s="4"/>
       <c r="L90" s="4"/>
       <c r="M90" s="4"/>
       <c r="N90" s="4"/>
       <c r="O90" s="4"/>
       <c r="P90" s="4"/>
       <c r="Q90" s="4"/>
       <c r="R90" s="4"/>
       <c r="S90" s="4"/>
       <c r="T90" s="4"/>
       <c r="U90" s="4"/>
-      <c r="V90" s="4"/>
-[...5 lines deleted...]
-    <row r="91" spans="1:26">
+    </row>
+    <row r="91" spans="1:21">
       <c r="A91" s="2" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
       <c r="J91" s="2"/>
       <c r="K91" s="2"/>
       <c r="L91" s="2"/>
       <c r="M91" s="2"/>
       <c r="N91" s="2"/>
       <c r="O91" s="2"/>
       <c r="P91" s="2"/>
       <c r="Q91" s="2"/>
       <c r="R91" s="2"/>
       <c r="S91" s="2"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
-      <c r="V91" s="2"/>
-[...5 lines deleted...]
-    <row r="92" spans="1:26">
+    </row>
+    <row r="92" spans="1:21">
       <c r="A92" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B92" s="3"/>
       <c r="C92" s="3"/>
       <c r="D92" s="3"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
       <c r="L92" s="3"/>
       <c r="M92" s="3"/>
       <c r="N92" s="3"/>
       <c r="O92" s="3"/>
       <c r="P92" s="3"/>
       <c r="Q92" s="3"/>
       <c r="R92" s="3"/>
       <c r="S92" s="3"/>
       <c r="T92" s="3"/>
       <c r="U92" s="3"/>
-      <c r="V92" s="3"/>
-[...5 lines deleted...]
-    <row r="93" spans="1:26">
+    </row>
+    <row r="93" spans="1:21">
       <c r="A93" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="J93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="L93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="M93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="N93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="O93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="P93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="Q93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="R93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="S93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="T93" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="U93" t="s">
-        <v>126</v>
-[...17 lines deleted...]
-    <row r="94" spans="1:26">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="94" spans="1:21">
       <c r="A94" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="G94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="H94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="I94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="J94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="K94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="L94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="M94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="N94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="O94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="P94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="Q94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="R94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="S94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="T94" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="U94" t="s">
-        <v>127</v>
-[...17 lines deleted...]
-    <row r="95" spans="1:26">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="95" spans="1:21">
       <c r="A95" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="I95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="L95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="M95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="N95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="O95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="P95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="Q95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="R95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="S95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="T95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="U95" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-    <row r="96" spans="1:26">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="96" spans="1:21">
       <c r="A96" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
       <c r="N96" s="3"/>
       <c r="O96" s="3"/>
       <c r="P96" s="3"/>
       <c r="Q96" s="3"/>
       <c r="R96" s="3"/>
       <c r="S96" s="3"/>
       <c r="T96" s="3"/>
       <c r="U96" s="3"/>
-      <c r="V96" s="3"/>
-[...5 lines deleted...]
-    <row r="97" spans="1:26">
+    </row>
+    <row r="97" spans="1:21">
       <c r="A97" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="H97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="J97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="M97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="P97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="Q97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="R97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="S97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="T97" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="U97" t="s">
-        <v>42</v>
-[...17 lines deleted...]
-    <row r="98" spans="1:26">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="98" spans="1:21">
       <c r="A98" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="J98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="O98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="P98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="T98" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="U98" t="s">
-        <v>85</v>
-[...17 lines deleted...]
-    <row r="99" spans="1:26">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="99" spans="1:21">
       <c r="A99" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="E99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="G99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="H99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="I99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="J99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="K99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="L99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="M99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="N99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="O99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="P99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="Q99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="R99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="S99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="T99" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="U99" t="s">
-        <v>128</v>
-[...17 lines deleted...]
-    <row r="100" spans="1:26">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="100" spans="1:21">
       <c r="A100" s="3" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B100" s="3"/>
       <c r="C100" s="3"/>
       <c r="D100" s="3"/>
       <c r="E100" s="3"/>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="3"/>
       <c r="L100" s="3"/>
       <c r="M100" s="3"/>
       <c r="N100" s="3"/>
       <c r="O100" s="3"/>
       <c r="P100" s="3"/>
       <c r="Q100" s="3"/>
       <c r="R100" s="3"/>
       <c r="S100" s="3"/>
       <c r="T100" s="3"/>
       <c r="U100" s="3"/>
-      <c r="V100" s="3"/>
-[...5 lines deleted...]
-    <row r="101" spans="1:26">
+    </row>
+    <row r="101" spans="1:21">
       <c r="A101" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="J101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="O101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="P101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="T101" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="U101" t="s">
-        <v>85</v>
-[...17 lines deleted...]
-    <row r="102" spans="1:26">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="102" spans="1:21">
       <c r="A102" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="J102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="L102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="M102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="N102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="O102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="P102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="Q102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="R102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="S102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="T102" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="U102" t="s">
-        <v>126</v>
-[...17 lines deleted...]
-    <row r="103" spans="1:26">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="103" spans="1:21">
       <c r="A103" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="I103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="J103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="K103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="M103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="N103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="O103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="P103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="R103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="S103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="T103" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="U103" t="s">
-        <v>39</v>
-[...17 lines deleted...]
-    <row r="104" spans="1:26">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="104" spans="1:21">
       <c r="A104" s="4"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="4"/>
       <c r="F104" s="4"/>
       <c r="G104" s="4"/>
       <c r="H104" s="4"/>
       <c r="I104" s="4"/>
       <c r="J104" s="4"/>
       <c r="K104" s="4"/>
       <c r="L104" s="4"/>
       <c r="M104" s="4"/>
       <c r="N104" s="4"/>
       <c r="O104" s="4"/>
       <c r="P104" s="4"/>
       <c r="Q104" s="4"/>
       <c r="R104" s="4"/>
       <c r="S104" s="4"/>
       <c r="T104" s="4"/>
       <c r="U104" s="4"/>
-      <c r="V104" s="4"/>
-[...5 lines deleted...]
-    <row r="105" spans="1:26">
+    </row>
+    <row r="105" spans="1:21">
       <c r="A105" s="2" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
       <c r="J105" s="2"/>
       <c r="K105" s="2"/>
       <c r="L105" s="2"/>
       <c r="M105" s="2"/>
       <c r="N105" s="2"/>
       <c r="O105" s="2"/>
       <c r="P105" s="2"/>
       <c r="Q105" s="2"/>
       <c r="R105" s="2"/>
       <c r="S105" s="2"/>
       <c r="T105" s="2"/>
       <c r="U105" s="2"/>
-      <c r="V105" s="2"/>
-[...5 lines deleted...]
-    <row r="106" spans="1:26">
+    </row>
+    <row r="106" spans="1:21">
       <c r="A106" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B106" s="3"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3"/>
       <c r="K106" s="3"/>
       <c r="L106" s="3"/>
       <c r="M106" s="3"/>
       <c r="N106" s="3"/>
       <c r="O106" s="3"/>
       <c r="P106" s="3"/>
       <c r="Q106" s="3"/>
       <c r="R106" s="3"/>
       <c r="S106" s="3"/>
       <c r="T106" s="3"/>
       <c r="U106" s="3"/>
-      <c r="V106" s="3"/>
-[...5 lines deleted...]
-    <row r="107" spans="1:26">
+    </row>
+    <row r="107" spans="1:21">
       <c r="A107" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="E107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="F107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="G107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="H107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="J107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="K107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="L107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="M107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="N107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="O107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="P107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="Q107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="R107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="S107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="T107" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="U107" t="s">
-        <v>131</v>
-[...17 lines deleted...]
-    <row r="108" spans="1:26">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="108" spans="1:21">
       <c r="A108" t="s">
+        <v>24</v>
+      </c>
+      <c r="B108" t="s">
+        <v>63</v>
+      </c>
+      <c r="C108" t="s">
+        <v>63</v>
+      </c>
+      <c r="D108" t="s">
+        <v>63</v>
+      </c>
+      <c r="E108" t="s">
+        <v>63</v>
+      </c>
+      <c r="F108" t="s">
+        <v>63</v>
+      </c>
+      <c r="G108" t="s">
+        <v>63</v>
+      </c>
+      <c r="H108" t="s">
+        <v>63</v>
+      </c>
+      <c r="I108" t="s">
+        <v>63</v>
+      </c>
+      <c r="J108" t="s">
+        <v>63</v>
+      </c>
+      <c r="K108" t="s">
+        <v>63</v>
+      </c>
+      <c r="L108" t="s">
+        <v>63</v>
+      </c>
+      <c r="M108" t="s">
+        <v>63</v>
+      </c>
+      <c r="N108" t="s">
+        <v>63</v>
+      </c>
+      <c r="O108" t="s">
+        <v>63</v>
+      </c>
+      <c r="P108" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>63</v>
+      </c>
+      <c r="R108" t="s">
+        <v>63</v>
+      </c>
+      <c r="S108" t="s">
+        <v>63</v>
+      </c>
+      <c r="T108" t="s">
+        <v>63</v>
+      </c>
+      <c r="U108" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="109" spans="1:21">
+      <c r="A109" s="3" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3"/>
       <c r="P109" s="3"/>
       <c r="Q109" s="3"/>
       <c r="R109" s="3"/>
       <c r="S109" s="3"/>
       <c r="T109" s="3"/>
       <c r="U109" s="3"/>
-      <c r="V109" s="3"/>
-[...5 lines deleted...]
-    <row r="110" spans="1:26">
+    </row>
+    <row r="110" spans="1:21">
       <c r="A110" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="H110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="J110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="K110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="L110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="S110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="T110" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="U110" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-    <row r="111" spans="1:26">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="111" spans="1:21">
       <c r="A111" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="G111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="H111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="I111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="J111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="K111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="L111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="M111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="N111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="O111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="P111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="Q111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="R111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="S111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="T111" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="U111" t="s">
-        <v>127</v>
-[...17 lines deleted...]
-    <row r="112" spans="1:26">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="112" spans="1:21">
       <c r="A112" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="M112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="N112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="O112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="P112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="Q112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="R112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="S112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="T112" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="U112" t="s">
-        <v>50</v>
-[...17 lines deleted...]
-    <row r="113" spans="1:26">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21">
       <c r="A113" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3"/>
       <c r="D113" s="3"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3"/>
       <c r="K113" s="3"/>
       <c r="L113" s="3"/>
       <c r="M113" s="3"/>
       <c r="N113" s="3"/>
       <c r="O113" s="3"/>
       <c r="P113" s="3"/>
       <c r="Q113" s="3"/>
       <c r="R113" s="3"/>
       <c r="S113" s="3"/>
       <c r="T113" s="3"/>
       <c r="U113" s="3"/>
-      <c r="V113" s="3"/>
-[...5 lines deleted...]
-    <row r="114" spans="1:26">
+    </row>
+    <row r="114" spans="1:21">
       <c r="A114" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="H114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="I114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="J114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="K114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="L114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="M114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="N114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="O114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="P114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="Q114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="R114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="S114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="T114" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="U114" t="s">
-        <v>64</v>
-[...17 lines deleted...]
-    <row r="115" spans="1:26">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21">
       <c r="A115" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="J115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="L115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="M115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="N115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="O115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="P115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="Q115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="R115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="S115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="T115" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="U115" t="s">
-        <v>126</v>
-[...17 lines deleted...]
-    <row r="116" spans="1:26">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21">
       <c r="A116" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="I116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="N116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="O116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="P116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="Q116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="S116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T116" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="U116" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-    <row r="117" spans="1:26">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21">
       <c r="A117" s="4"/>
       <c r="B117" s="4"/>
       <c r="C117" s="4"/>
       <c r="D117" s="4"/>
       <c r="E117" s="4"/>
       <c r="F117" s="4"/>
       <c r="G117" s="4"/>
       <c r="H117" s="4"/>
       <c r="I117" s="4"/>
       <c r="J117" s="4"/>
       <c r="K117" s="4"/>
       <c r="L117" s="4"/>
       <c r="M117" s="4"/>
       <c r="N117" s="4"/>
       <c r="O117" s="4"/>
       <c r="P117" s="4"/>
       <c r="Q117" s="4"/>
       <c r="R117" s="4"/>
       <c r="S117" s="4"/>
       <c r="T117" s="4"/>
       <c r="U117" s="4"/>
-      <c r="V117" s="4"/>
-[...5 lines deleted...]
-    <row r="118" spans="1:26">
+    </row>
+    <row r="118" spans="1:21">
       <c r="A118" s="2" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
       <c r="J118" s="2"/>
       <c r="K118" s="2"/>
       <c r="L118" s="2"/>
       <c r="M118" s="2"/>
       <c r="N118" s="2"/>
       <c r="O118" s="2"/>
       <c r="P118" s="2"/>
       <c r="Q118" s="2"/>
       <c r="R118" s="2"/>
       <c r="S118" s="2"/>
       <c r="T118" s="2"/>
       <c r="U118" s="2"/>
-      <c r="V118" s="2"/>
-[...5 lines deleted...]
-    <row r="119" spans="1:26">
+    </row>
+    <row r="119" spans="1:21">
       <c r="A119" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B119" s="3"/>
       <c r="C119" s="3"/>
       <c r="D119" s="3"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3"/>
       <c r="K119" s="3"/>
       <c r="L119" s="3"/>
       <c r="M119" s="3"/>
       <c r="N119" s="3"/>
       <c r="O119" s="3"/>
       <c r="P119" s="3"/>
       <c r="Q119" s="3"/>
       <c r="R119" s="3"/>
       <c r="S119" s="3"/>
       <c r="T119" s="3"/>
       <c r="U119" s="3"/>
-      <c r="V119" s="3"/>
-[...5 lines deleted...]
-    <row r="120" spans="1:26">
+    </row>
+    <row r="120" spans="1:21">
       <c r="A120" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="L120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="O120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="P120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="Q120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="S120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T120" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="U120" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="121" spans="1:26">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21">
       <c r="A121" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="D121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="F121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="G121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="H121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="I121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="J121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="K121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="L121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="M121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="N121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="O121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="P121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="Q121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="R121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="S121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="T121" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="U121" t="s">
-        <v>133</v>
-[...17 lines deleted...]
-    <row r="122" spans="1:26">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="122" spans="1:21">
       <c r="A122" s="3" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B122" s="3"/>
       <c r="C122" s="3"/>
       <c r="D122" s="3"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3"/>
       <c r="K122" s="3"/>
       <c r="L122" s="3"/>
       <c r="M122" s="3"/>
       <c r="N122" s="3"/>
       <c r="O122" s="3"/>
       <c r="P122" s="3"/>
       <c r="Q122" s="3"/>
       <c r="R122" s="3"/>
       <c r="S122" s="3"/>
       <c r="T122" s="3"/>
       <c r="U122" s="3"/>
-      <c r="V122" s="3"/>
-[...5 lines deleted...]
-    <row r="123" spans="1:26">
+    </row>
+    <row r="123" spans="1:21">
       <c r="A123" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="H123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="I123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="J123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="K123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="L123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="N123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="O123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="P123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="Q123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="R123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="S123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="T123" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="U123" t="s">
-        <v>84</v>
-[...17 lines deleted...]
-    <row r="124" spans="1:26">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="124" spans="1:21">
       <c r="A124" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="D124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="E124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="F124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="G124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="H124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="I124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="J124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="K124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="L124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="M124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="N124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="O124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="P124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="Q124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="R124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="S124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="T124" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="U124" t="s">
-        <v>135</v>
-[...17 lines deleted...]
-    <row r="125" spans="1:26">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="125" spans="1:21">
       <c r="A125" s="3" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
       <c r="N125" s="3"/>
       <c r="O125" s="3"/>
       <c r="P125" s="3"/>
       <c r="Q125" s="3"/>
       <c r="R125" s="3"/>
       <c r="S125" s="3"/>
       <c r="T125" s="3"/>
       <c r="U125" s="3"/>
-      <c r="V125" s="3"/>
-[...5 lines deleted...]
-    <row r="126" spans="1:26">
+    </row>
+    <row r="126" spans="1:21">
       <c r="A126" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="E126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="G126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="I126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="J126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="K126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="L126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="M126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="O126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="P126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="Q126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="R126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="S126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="T126" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="U126" t="s">
-        <v>97</v>
-[...17 lines deleted...]
-    <row r="127" spans="1:26">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="127" spans="1:21">
       <c r="A127" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="F127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="K127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="M127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="N127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="O127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="P127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="Q127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="R127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="S127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="T127" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="U127" t="s">
-        <v>52</v>
-[...17 lines deleted...]
-    <row r="128" spans="1:26">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="128" spans="1:21">
       <c r="A128" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="D128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="F128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="H128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="I128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="J128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="K128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="L128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="M128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="N128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="O128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="P128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="Q128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="R128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="S128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="T128" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="U128" t="s">
-        <v>137</v>
-[...17 lines deleted...]
-    <row r="129" spans="1:26">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="129" spans="1:21">
       <c r="A129" s="4"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
       <c r="E129" s="4"/>
       <c r="F129" s="4"/>
       <c r="G129" s="4"/>
       <c r="H129" s="4"/>
       <c r="I129" s="4"/>
       <c r="J129" s="4"/>
       <c r="K129" s="4"/>
       <c r="L129" s="4"/>
       <c r="M129" s="4"/>
       <c r="N129" s="4"/>
       <c r="O129" s="4"/>
       <c r="P129" s="4"/>
       <c r="Q129" s="4"/>
       <c r="R129" s="4"/>
       <c r="S129" s="4"/>
       <c r="T129" s="4"/>
       <c r="U129" s="4"/>
-      <c r="V129" s="4"/>
-[...5 lines deleted...]
-    <row r="130" spans="1:26">
+    </row>
+    <row r="130" spans="1:21">
       <c r="A130" s="2" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="2"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
       <c r="I130" s="2"/>
       <c r="J130" s="2"/>
       <c r="K130" s="2"/>
       <c r="L130" s="2"/>
       <c r="M130" s="2"/>
       <c r="N130" s="2"/>
       <c r="O130" s="2"/>
       <c r="P130" s="2"/>
       <c r="Q130" s="2"/>
       <c r="R130" s="2"/>
       <c r="S130" s="2"/>
       <c r="T130" s="2"/>
       <c r="U130" s="2"/>
-      <c r="V130" s="2"/>
-[...5 lines deleted...]
-    <row r="131" spans="1:26">
+    </row>
+    <row r="131" spans="1:21">
       <c r="A131" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
       <c r="L131" s="3"/>
       <c r="M131" s="3"/>
       <c r="N131" s="3"/>
       <c r="O131" s="3"/>
       <c r="P131" s="3"/>
       <c r="Q131" s="3"/>
       <c r="R131" s="3"/>
       <c r="S131" s="3"/>
       <c r="T131" s="3"/>
       <c r="U131" s="3"/>
-      <c r="V131" s="3"/>
-[...5 lines deleted...]
-    <row r="132" spans="1:26">
+    </row>
+    <row r="132" spans="1:21">
       <c r="A132" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="C132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="G132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="H132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="I132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="J132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="L132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="M132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="N132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="O132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="P132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="Q132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="R132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="S132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="T132" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="U132" t="s">
-        <v>78</v>
-[...17 lines deleted...]
-    <row r="133" spans="1:26">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="133" spans="1:21">
       <c r="A133" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="E133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="J133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="L133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="N133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="O133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="P133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="Q133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="R133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="S133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="T133" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="U133" t="s">
-        <v>71</v>
-[...17 lines deleted...]
-    <row r="134" spans="1:26">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="134" spans="1:21">
       <c r="A134" s="3" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B134" s="3"/>
       <c r="C134" s="3"/>
       <c r="D134" s="3"/>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3"/>
       <c r="K134" s="3"/>
       <c r="L134" s="3"/>
       <c r="M134" s="3"/>
       <c r="N134" s="3"/>
       <c r="O134" s="3"/>
       <c r="P134" s="3"/>
       <c r="Q134" s="3"/>
       <c r="R134" s="3"/>
       <c r="S134" s="3"/>
       <c r="T134" s="3"/>
       <c r="U134" s="3"/>
-      <c r="V134" s="3"/>
-[...5 lines deleted...]
-    <row r="135" spans="1:26">
+    </row>
+    <row r="135" spans="1:21">
       <c r="A135" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="E135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="F135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="G135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="H135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="I135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="J135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="L135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="M135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="N135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="O135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="P135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="Q135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="R135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="S135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="T135" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="U135" t="s">
-        <v>139</v>
-[...17 lines deleted...]
-    <row r="136" spans="1:26">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="136" spans="1:21">
       <c r="A136" t="s">
+        <v>24</v>
+      </c>
+      <c r="B136" t="s">
+        <v>135</v>
+      </c>
+      <c r="C136" t="s">
+        <v>135</v>
+      </c>
+      <c r="D136" t="s">
+        <v>135</v>
+      </c>
+      <c r="E136" t="s">
+        <v>135</v>
+      </c>
+      <c r="F136" t="s">
+        <v>135</v>
+      </c>
+      <c r="G136" t="s">
+        <v>135</v>
+      </c>
+      <c r="H136" t="s">
+        <v>135</v>
+      </c>
+      <c r="I136" t="s">
+        <v>135</v>
+      </c>
+      <c r="J136" t="s">
+        <v>135</v>
+      </c>
+      <c r="K136" t="s">
+        <v>135</v>
+      </c>
+      <c r="L136" t="s">
+        <v>135</v>
+      </c>
+      <c r="M136" t="s">
+        <v>135</v>
+      </c>
+      <c r="N136" t="s">
+        <v>135</v>
+      </c>
+      <c r="O136" t="s">
+        <v>135</v>
+      </c>
+      <c r="P136" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>135</v>
+      </c>
+      <c r="R136" t="s">
+        <v>135</v>
+      </c>
+      <c r="S136" t="s">
+        <v>135</v>
+      </c>
+      <c r="T136" t="s">
+        <v>135</v>
+      </c>
+      <c r="U136" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="137" spans="1:21">
+      <c r="A137" s="3" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B137" s="3"/>
       <c r="C137" s="3"/>
       <c r="D137" s="3"/>
       <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="J137" s="3"/>
       <c r="K137" s="3"/>
       <c r="L137" s="3"/>
       <c r="M137" s="3"/>
       <c r="N137" s="3"/>
       <c r="O137" s="3"/>
       <c r="P137" s="3"/>
       <c r="Q137" s="3"/>
       <c r="R137" s="3"/>
       <c r="S137" s="3"/>
       <c r="T137" s="3"/>
       <c r="U137" s="3"/>
-      <c r="V137" s="3"/>
-[...5 lines deleted...]
-    <row r="138" spans="1:26">
+    </row>
+    <row r="138" spans="1:21">
       <c r="A138" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="H138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="J138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="M138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="P138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="Q138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="R138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="S138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="T138" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="U138" t="s">
-        <v>42</v>
-[...17 lines deleted...]
-    <row r="139" spans="1:26">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="139" spans="1:21">
       <c r="A139" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="F139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="H139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="I139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="J139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="K139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="L139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="M139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="N139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="O139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="P139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="Q139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="R139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="S139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="T139" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="U139" t="s">
-        <v>111</v>
-[...17 lines deleted...]
-    <row r="140" spans="1:26">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="140" spans="1:21">
       <c r="A140" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="E140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="F140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="H140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="I140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="J140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="K140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="L140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="M140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="N140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="O140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="P140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="Q140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="R140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="S140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="T140" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="U140" t="s">
-        <v>141</v>
-[...17 lines deleted...]
-    <row r="141" spans="1:26">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="141" spans="1:21">
       <c r="A141" s="3" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B141" s="3"/>
       <c r="C141" s="3"/>
       <c r="D141" s="3"/>
       <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="J141" s="3"/>
       <c r="K141" s="3"/>
       <c r="L141" s="3"/>
       <c r="M141" s="3"/>
       <c r="N141" s="3"/>
       <c r="O141" s="3"/>
       <c r="P141" s="3"/>
       <c r="Q141" s="3"/>
       <c r="R141" s="3"/>
       <c r="S141" s="3"/>
       <c r="T141" s="3"/>
       <c r="U141" s="3"/>
-      <c r="V141" s="3"/>
-[...5 lines deleted...]
-    <row r="142" spans="1:26">
+    </row>
+    <row r="142" spans="1:21">
       <c r="A142" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="J142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="K142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="L142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="M142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="O142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="P142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="Q142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="R142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="S142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="T142" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="U142" t="s">
-        <v>43</v>
-[...17 lines deleted...]
-    <row r="143" spans="1:26">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="143" spans="1:21">
       <c r="A143" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="L143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="O143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="P143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="Q143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="S143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T143" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="U143" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="144" spans="1:26">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="144" spans="1:21">
       <c r="A144" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="G144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="H144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="I144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="J144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="K144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="L144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="M144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="N144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="O144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="P144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="Q144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="R144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="S144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="T144" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="U144" t="s">
-        <v>143</v>
-[...17 lines deleted...]
-    <row r="145" spans="1:26">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="145" spans="1:21">
       <c r="A145" s="4"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
       <c r="D145" s="4"/>
       <c r="E145" s="4"/>
       <c r="F145" s="4"/>
       <c r="G145" s="4"/>
       <c r="H145" s="4"/>
       <c r="I145" s="4"/>
       <c r="J145" s="4"/>
       <c r="K145" s="4"/>
       <c r="L145" s="4"/>
       <c r="M145" s="4"/>
       <c r="N145" s="4"/>
       <c r="O145" s="4"/>
       <c r="P145" s="4"/>
       <c r="Q145" s="4"/>
       <c r="R145" s="4"/>
       <c r="S145" s="4"/>
       <c r="T145" s="4"/>
       <c r="U145" s="4"/>
-      <c r="V145" s="4"/>
-[...5 lines deleted...]
-    <row r="146" spans="1:26">
+    </row>
+    <row r="146" spans="1:21">
       <c r="A146" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2"/>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
       <c r="I146" s="2"/>
       <c r="J146" s="2"/>
       <c r="K146" s="2"/>
       <c r="L146" s="2"/>
       <c r="M146" s="2"/>
       <c r="N146" s="2"/>
       <c r="O146" s="2"/>
       <c r="P146" s="2"/>
       <c r="Q146" s="2"/>
       <c r="R146" s="2"/>
       <c r="S146" s="2"/>
       <c r="T146" s="2"/>
       <c r="U146" s="2"/>
-      <c r="V146" s="2"/>
-[...5 lines deleted...]
-    <row r="147" spans="1:26">
+    </row>
+    <row r="147" spans="1:21">
       <c r="A147" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B147" s="3"/>
       <c r="C147" s="3"/>
       <c r="D147" s="3"/>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="J147" s="3"/>
       <c r="K147" s="3"/>
       <c r="L147" s="3"/>
       <c r="M147" s="3"/>
       <c r="N147" s="3"/>
       <c r="O147" s="3"/>
       <c r="P147" s="3"/>
       <c r="Q147" s="3"/>
       <c r="R147" s="3"/>
       <c r="S147" s="3"/>
       <c r="T147" s="3"/>
       <c r="U147" s="3"/>
-      <c r="V147" s="3"/>
-[...5 lines deleted...]
-    <row r="148" spans="1:26">
+    </row>
+    <row r="148" spans="1:21">
       <c r="A148" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="D148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="E148" t="s">
-        <v>145</v>
+        <v>82</v>
       </c>
       <c r="F148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="G148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="H148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="I148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="J148" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="K148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="L148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="M148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="N148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="O148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="P148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="Q148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="R148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="S148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="T148" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="U148" t="s">
-        <v>145</v>
-[...17 lines deleted...]
-    <row r="149" spans="1:26">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="149" spans="1:21">
       <c r="A149" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
       <c r="M149" s="3"/>
       <c r="N149" s="3"/>
       <c r="O149" s="3"/>
       <c r="P149" s="3"/>
       <c r="Q149" s="3"/>
       <c r="R149" s="3"/>
       <c r="S149" s="3"/>
       <c r="T149" s="3"/>
       <c r="U149" s="3"/>
-      <c r="V149" s="3"/>
-[...5 lines deleted...]
-    <row r="150" spans="1:26">
+    </row>
+    <row r="150" spans="1:21">
       <c r="A150" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="E150" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="F150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="H150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="I150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J150" t="s">
-        <v>146</v>
+        <v>115</v>
       </c>
       <c r="K150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="L150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="M150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="N150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="O150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="P150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="Q150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="R150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="S150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="T150" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="U150" t="s">
-        <v>120</v>
-[...17 lines deleted...]
-    <row r="151" spans="1:26">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="151" spans="1:21">
       <c r="A151" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="E151" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="F151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="H151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="I151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="J151" t="s">
-        <v>147</v>
+        <v>85</v>
       </c>
       <c r="K151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="L151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="M151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="O151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="P151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="Q151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="R151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="S151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="T151" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="U151" t="s">
-        <v>91</v>
-[...17 lines deleted...]
-    <row r="152" spans="1:26">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="152" spans="1:21">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
       <c r="E152" s="4"/>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
       <c r="J152" s="4"/>
       <c r="K152" s="4"/>
       <c r="L152" s="4"/>
       <c r="M152" s="4"/>
       <c r="N152" s="4"/>
       <c r="O152" s="4"/>
       <c r="P152" s="4"/>
       <c r="Q152" s="4"/>
       <c r="R152" s="4"/>
       <c r="S152" s="4"/>
       <c r="T152" s="4"/>
       <c r="U152" s="4"/>
-      <c r="V152" s="4"/>
-[...5 lines deleted...]
-    <row r="153" spans="1:26">
+    </row>
+    <row r="153" spans="1:21">
       <c r="A153" s="2" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
       <c r="D153" s="2"/>
       <c r="E153" s="2"/>
       <c r="F153" s="2"/>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
       <c r="I153" s="2"/>
       <c r="J153" s="2"/>
       <c r="K153" s="2"/>
       <c r="L153" s="2"/>
       <c r="M153" s="2"/>
       <c r="N153" s="2"/>
       <c r="O153" s="2"/>
       <c r="P153" s="2"/>
       <c r="Q153" s="2"/>
       <c r="R153" s="2"/>
       <c r="S153" s="2"/>
       <c r="T153" s="2"/>
       <c r="U153" s="2"/>
-      <c r="V153" s="2"/>
-[...5 lines deleted...]
-    <row r="154" spans="1:26">
+    </row>
+    <row r="154" spans="1:21">
       <c r="A154" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B154" s="3"/>
       <c r="C154" s="3"/>
       <c r="D154" s="3"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3"/>
       <c r="K154" s="3"/>
       <c r="L154" s="3"/>
       <c r="M154" s="3"/>
       <c r="N154" s="3"/>
       <c r="O154" s="3"/>
       <c r="P154" s="3"/>
       <c r="Q154" s="3"/>
       <c r="R154" s="3"/>
       <c r="S154" s="3"/>
       <c r="T154" s="3"/>
       <c r="U154" s="3"/>
-      <c r="V154" s="3"/>
-[...5 lines deleted...]
-    <row r="155" spans="1:26">
+    </row>
+    <row r="155" spans="1:21">
       <c r="A155" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B155" t="s">
+        <v>31</v>
+      </c>
+      <c r="C155" t="s">
+        <v>31</v>
+      </c>
+      <c r="D155" t="s">
+        <v>31</v>
+      </c>
+      <c r="E155" t="s">
+        <v>31</v>
+      </c>
+      <c r="F155" t="s">
+        <v>31</v>
+      </c>
+      <c r="G155" t="s">
+        <v>31</v>
+      </c>
+      <c r="H155" t="s">
+        <v>31</v>
+      </c>
+      <c r="I155" t="s">
+        <v>31</v>
+      </c>
+      <c r="J155" t="s">
+        <v>31</v>
+      </c>
+      <c r="K155" t="s">
+        <v>31</v>
+      </c>
+      <c r="L155" t="s">
+        <v>31</v>
+      </c>
+      <c r="M155" t="s">
+        <v>31</v>
+      </c>
+      <c r="N155" t="s">
+        <v>31</v>
+      </c>
+      <c r="O155" t="s">
+        <v>31</v>
+      </c>
+      <c r="P155" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>31</v>
+      </c>
+      <c r="R155" t="s">
+        <v>31</v>
+      </c>
+      <c r="S155" t="s">
+        <v>31</v>
+      </c>
+      <c r="T155" t="s">
+        <v>31</v>
+      </c>
+      <c r="U155" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="156" spans="1:21">
+      <c r="A156" s="3" t="s">
         <v>36</v>
-      </c>
-[...75 lines deleted...]
-        <v>41</v>
       </c>
       <c r="B156" s="3"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="J156" s="3"/>
       <c r="K156" s="3"/>
       <c r="L156" s="3"/>
       <c r="M156" s="3"/>
       <c r="N156" s="3"/>
       <c r="O156" s="3"/>
       <c r="P156" s="3"/>
       <c r="Q156" s="3"/>
       <c r="R156" s="3"/>
       <c r="S156" s="3"/>
       <c r="T156" s="3"/>
       <c r="U156" s="3"/>
-      <c r="V156" s="3"/>
-[...5 lines deleted...]
-    <row r="157" spans="1:26">
+    </row>
+    <row r="157" spans="1:21">
       <c r="A157" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="L157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="N157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="O157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="P157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="Q157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="R157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="S157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T157" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="U157" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="158" spans="1:26">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="158" spans="1:21">
       <c r="A158" t="s">
+        <v>24</v>
+      </c>
+      <c r="B158" t="s">
+        <v>110</v>
+      </c>
+      <c r="C158" t="s">
+        <v>110</v>
+      </c>
+      <c r="D158" t="s">
+        <v>110</v>
+      </c>
+      <c r="E158" t="s">
+        <v>110</v>
+      </c>
+      <c r="F158" t="s">
+        <v>110</v>
+      </c>
+      <c r="G158" t="s">
+        <v>110</v>
+      </c>
+      <c r="H158" t="s">
+        <v>110</v>
+      </c>
+      <c r="I158" t="s">
+        <v>110</v>
+      </c>
+      <c r="J158" t="s">
+        <v>110</v>
+      </c>
+      <c r="K158" t="s">
+        <v>110</v>
+      </c>
+      <c r="L158" t="s">
+        <v>110</v>
+      </c>
+      <c r="M158" t="s">
+        <v>110</v>
+      </c>
+      <c r="N158" t="s">
+        <v>110</v>
+      </c>
+      <c r="O158" t="s">
+        <v>110</v>
+      </c>
+      <c r="P158" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>110</v>
+      </c>
+      <c r="R158" t="s">
+        <v>110</v>
+      </c>
+      <c r="S158" t="s">
+        <v>110</v>
+      </c>
+      <c r="T158" t="s">
+        <v>110</v>
+      </c>
+      <c r="U158" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="159" spans="1:21">
+      <c r="A159" s="3" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3"/>
       <c r="K159" s="3"/>
       <c r="L159" s="3"/>
       <c r="M159" s="3"/>
       <c r="N159" s="3"/>
       <c r="O159" s="3"/>
       <c r="P159" s="3"/>
       <c r="Q159" s="3"/>
       <c r="R159" s="3"/>
       <c r="S159" s="3"/>
       <c r="T159" s="3"/>
       <c r="U159" s="3"/>
-      <c r="V159" s="3"/>
-[...5 lines deleted...]
-    <row r="160" spans="1:26">
+    </row>
+    <row r="160" spans="1:21">
       <c r="A160" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="H160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="I160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="J160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="K160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="L160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="M160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="N160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="O160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="P160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="Q160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="R160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="S160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="T160" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="U160" t="s">
-        <v>149</v>
-[...17 lines deleted...]
-    <row r="161" spans="1:26">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="161" spans="1:21">
       <c r="A161" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="F161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="G161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="H161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="I161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="J161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="K161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="L161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="M161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="N161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="O161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="P161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="Q161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="R161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="S161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="T161" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="U161" t="s">
-        <v>150</v>
-[...17 lines deleted...]
-    <row r="162" spans="1:26">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="162" spans="1:21">
       <c r="A162" s="3" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B162" s="3"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3"/>
       <c r="K162" s="3"/>
       <c r="L162" s="3"/>
       <c r="M162" s="3"/>
       <c r="N162" s="3"/>
       <c r="O162" s="3"/>
       <c r="P162" s="3"/>
       <c r="Q162" s="3"/>
       <c r="R162" s="3"/>
       <c r="S162" s="3"/>
       <c r="T162" s="3"/>
       <c r="U162" s="3"/>
-      <c r="V162" s="3"/>
-[...5 lines deleted...]
-    <row r="163" spans="1:26">
+    </row>
+    <row r="163" spans="1:21">
       <c r="A163" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="H163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="I163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="J163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="M163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="N163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="O163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="P163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="Q163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="R163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="S163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="T163" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="U163" t="s">
-        <v>80</v>
-[...17 lines deleted...]
-    <row r="164" spans="1:26">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="164" spans="1:21">
       <c r="A164" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="G164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="H164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="I164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="J164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="K164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="L164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="M164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="N164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="O164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="P164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="Q164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="R164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="S164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="T164" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="U164" t="s">
-        <v>112</v>
-[...17 lines deleted...]
-    <row r="165" spans="1:26">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="165" spans="1:21">
       <c r="A165" s="3" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B165" s="3"/>
       <c r="C165" s="3"/>
       <c r="D165" s="3"/>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="J165" s="3"/>
       <c r="K165" s="3"/>
       <c r="L165" s="3"/>
       <c r="M165" s="3"/>
       <c r="N165" s="3"/>
       <c r="O165" s="3"/>
       <c r="P165" s="3"/>
       <c r="Q165" s="3"/>
       <c r="R165" s="3"/>
       <c r="S165" s="3"/>
       <c r="T165" s="3"/>
       <c r="U165" s="3"/>
-      <c r="V165" s="3"/>
-[...5 lines deleted...]
-    <row r="166" spans="1:26">
+    </row>
+    <row r="166" spans="1:21">
       <c r="A166" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="E166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="H166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="I166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="K166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="L166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="M166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="N166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="O166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="P166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="Q166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="R166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="S166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="T166" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="U166" t="s">
-        <v>120</v>
-[...17 lines deleted...]
-    <row r="167" spans="1:26">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="167" spans="1:21">
       <c r="A167" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="E167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="I167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="J167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="K167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="L167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="M167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="N167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="O167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="P167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="Q167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="R167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="S167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="T167" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="U167" t="s">
-        <v>153</v>
-[...17 lines deleted...]
-    <row r="168" spans="1:26">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="168" spans="1:21">
       <c r="A168" s="4"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
       <c r="D168" s="4"/>
       <c r="E168" s="4"/>
       <c r="F168" s="4"/>
       <c r="G168" s="4"/>
       <c r="H168" s="4"/>
       <c r="I168" s="4"/>
       <c r="J168" s="4"/>
       <c r="K168" s="4"/>
       <c r="L168" s="4"/>
       <c r="M168" s="4"/>
       <c r="N168" s="4"/>
       <c r="O168" s="4"/>
       <c r="P168" s="4"/>
       <c r="Q168" s="4"/>
       <c r="R168" s="4"/>
       <c r="S168" s="4"/>
       <c r="T168" s="4"/>
       <c r="U168" s="4"/>
-      <c r="V168" s="4"/>
-[...5 lines deleted...]
-    <row r="169" spans="1:26">
+    </row>
+    <row r="169" spans="1:21">
       <c r="A169" s="2" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B169" s="2"/>
       <c r="C169" s="2"/>
       <c r="D169" s="2"/>
       <c r="E169" s="2"/>
       <c r="F169" s="2"/>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
       <c r="I169" s="2"/>
       <c r="J169" s="2"/>
       <c r="K169" s="2"/>
       <c r="L169" s="2"/>
       <c r="M169" s="2"/>
       <c r="N169" s="2"/>
       <c r="O169" s="2"/>
       <c r="P169" s="2"/>
       <c r="Q169" s="2"/>
       <c r="R169" s="2"/>
       <c r="S169" s="2"/>
       <c r="T169" s="2"/>
       <c r="U169" s="2"/>
-      <c r="V169" s="2"/>
-[...5 lines deleted...]
-    <row r="170" spans="1:26">
+    </row>
+    <row r="170" spans="1:21">
       <c r="A170" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B170" s="3"/>
       <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="J170" s="3"/>
       <c r="K170" s="3"/>
       <c r="L170" s="3"/>
       <c r="M170" s="3"/>
       <c r="N170" s="3"/>
       <c r="O170" s="3"/>
       <c r="P170" s="3"/>
       <c r="Q170" s="3"/>
       <c r="R170" s="3"/>
       <c r="S170" s="3"/>
       <c r="T170" s="3"/>
       <c r="U170" s="3"/>
-      <c r="V170" s="3"/>
-[...5 lines deleted...]
-    <row r="171" spans="1:26">
+    </row>
+    <row r="171" spans="1:21">
       <c r="A171" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="H171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="J171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="K171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="L171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="M171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="Q171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="R171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="S171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="T171" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="U171" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-    <row r="172" spans="1:26">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:21">
       <c r="A172" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="E172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="F172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="G172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="H172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="I172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="J172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="K172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="L172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="M172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="N172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="O172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="P172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="Q172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="R172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="S172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="T172" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="U172" t="s">
-        <v>155</v>
-[...17 lines deleted...]
-    <row r="173" spans="1:26">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="173" spans="1:21">
       <c r="A173" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="L173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="M173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="N173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="O173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="P173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="Q173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="R173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="S173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="T173" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="U173" t="s">
-        <v>50</v>
-[...17 lines deleted...]
-    <row r="174" spans="1:26">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="174" spans="1:21">
       <c r="A174" s="3" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="B174" s="3"/>
       <c r="C174" s="3"/>
       <c r="D174" s="3"/>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="J174" s="3"/>
       <c r="K174" s="3"/>
       <c r="L174" s="3"/>
       <c r="M174" s="3"/>
       <c r="N174" s="3"/>
       <c r="O174" s="3"/>
       <c r="P174" s="3"/>
       <c r="Q174" s="3"/>
       <c r="R174" s="3"/>
       <c r="S174" s="3"/>
       <c r="T174" s="3"/>
       <c r="U174" s="3"/>
-      <c r="V174" s="3"/>
-[...5 lines deleted...]
-    <row r="175" spans="1:26">
+    </row>
+    <row r="175" spans="1:21">
       <c r="A175" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="H175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="I175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="J175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="K175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="L175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="M175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="N175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="O175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="P175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="Q175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="R175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="S175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="T175" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="U175" t="s">
-        <v>64</v>
-[...17 lines deleted...]
-    <row r="176" spans="1:26">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="176" spans="1:21">
       <c r="A176" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="G176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="H176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="I176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="J176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="K176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="L176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="M176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="N176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="O176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="P176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="Q176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="R176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="S176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="T176" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="U176" t="s">
-        <v>157</v>
-[...17 lines deleted...]
-    <row r="177" spans="1:26">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="177" spans="1:21">
       <c r="A177" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="I177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="N177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="O177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="P177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="Q177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="R177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="S177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T177" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="U177" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-    <row r="178" spans="1:26">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="178" spans="1:21">
       <c r="A178" s="4"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="4"/>
       <c r="F178" s="4"/>
       <c r="G178" s="4"/>
       <c r="H178" s="4"/>
       <c r="I178" s="4"/>
       <c r="J178" s="4"/>
       <c r="K178" s="4"/>
       <c r="L178" s="4"/>
       <c r="M178" s="4"/>
       <c r="N178" s="4"/>
       <c r="O178" s="4"/>
       <c r="P178" s="4"/>
       <c r="Q178" s="4"/>
       <c r="R178" s="4"/>
       <c r="S178" s="4"/>
       <c r="T178" s="4"/>
       <c r="U178" s="4"/>
-      <c r="V178" s="4"/>
-[...5 lines deleted...]
-    <row r="179" spans="1:26">
+    </row>
+    <row r="179" spans="1:21">
       <c r="A179" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B179" s="2"/>
       <c r="C179" s="2"/>
       <c r="D179" s="2"/>
       <c r="E179" s="2"/>
       <c r="F179" s="2"/>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
       <c r="I179" s="2"/>
       <c r="J179" s="2"/>
       <c r="K179" s="2"/>
       <c r="L179" s="2"/>
       <c r="M179" s="2"/>
       <c r="N179" s="2"/>
       <c r="O179" s="2"/>
       <c r="P179" s="2"/>
       <c r="Q179" s="2"/>
       <c r="R179" s="2"/>
       <c r="S179" s="2"/>
       <c r="T179" s="2"/>
       <c r="U179" s="2"/>
-      <c r="V179" s="2"/>
-[...5 lines deleted...]
-    <row r="180" spans="1:26">
+    </row>
+    <row r="180" spans="1:21">
       <c r="A180" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B180" s="3"/>
       <c r="C180" s="3"/>
       <c r="D180" s="3"/>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="J180" s="3"/>
       <c r="K180" s="3"/>
       <c r="L180" s="3"/>
       <c r="M180" s="3"/>
       <c r="N180" s="3"/>
       <c r="O180" s="3"/>
       <c r="P180" s="3"/>
       <c r="Q180" s="3"/>
       <c r="R180" s="3"/>
       <c r="S180" s="3"/>
       <c r="T180" s="3"/>
       <c r="U180" s="3"/>
-      <c r="V180" s="3"/>
-[...5 lines deleted...]
-    <row r="181" spans="1:26">
+    </row>
+    <row r="181" spans="1:21">
       <c r="A181" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="G181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="H181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="I181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="J181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="K181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="L181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="M181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="N181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="O181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="P181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="Q181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="R181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="S181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="T181" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="U181" t="s">
-        <v>159</v>
-[...17 lines deleted...]
-    <row r="182" spans="1:26">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="182" spans="1:21">
       <c r="A182" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="H182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="J182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="L182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="M182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="N182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="O182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="P182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="Q182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="R182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="S182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="T182" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="U182" t="s">
-        <v>28</v>
-[...17 lines deleted...]
-    <row r="183" spans="1:26">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:21">
       <c r="A183" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="D183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="I183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="J183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="L183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="O183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="P183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="Q183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="R183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="S183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="T183" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="U183" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-    <row r="184" spans="1:26">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="184" spans="1:21">
       <c r="A184" s="3" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B184" s="3"/>
       <c r="C184" s="3"/>
       <c r="D184" s="3"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3"/>
       <c r="K184" s="3"/>
       <c r="L184" s="3"/>
       <c r="M184" s="3"/>
       <c r="N184" s="3"/>
       <c r="O184" s="3"/>
       <c r="P184" s="3"/>
       <c r="Q184" s="3"/>
       <c r="R184" s="3"/>
       <c r="S184" s="3"/>
       <c r="T184" s="3"/>
       <c r="U184" s="3"/>
-      <c r="V184" s="3"/>
-[...5 lines deleted...]
-    <row r="185" spans="1:26">
+    </row>
+    <row r="185" spans="1:21">
       <c r="A185" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="E185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="F185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="H185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="I185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="J185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="K185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="L185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="M185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="N185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="O185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="P185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="Q185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="R185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="S185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="T185" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="U185" t="s">
-        <v>161</v>
-[...17 lines deleted...]
-    <row r="186" spans="1:26">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="186" spans="1:21">
       <c r="A186" s="4"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
       <c r="D186" s="4"/>
       <c r="E186" s="4"/>
       <c r="F186" s="4"/>
       <c r="G186" s="4"/>
       <c r="H186" s="4"/>
       <c r="I186" s="4"/>
       <c r="J186" s="4"/>
       <c r="K186" s="4"/>
       <c r="L186" s="4"/>
       <c r="M186" s="4"/>
       <c r="N186" s="4"/>
       <c r="O186" s="4"/>
       <c r="P186" s="4"/>
       <c r="Q186" s="4"/>
       <c r="R186" s="4"/>
       <c r="S186" s="4"/>
       <c r="T186" s="4"/>
       <c r="U186" s="4"/>
-      <c r="V186" s="4"/>
-[...5 lines deleted...]
-    <row r="187" spans="1:26">
+    </row>
+    <row r="187" spans="1:21">
       <c r="A187" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B187" s="2"/>
       <c r="C187" s="2"/>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2"/>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
       <c r="I187" s="2"/>
       <c r="J187" s="2"/>
       <c r="K187" s="2"/>
       <c r="L187" s="2"/>
       <c r="M187" s="2"/>
       <c r="N187" s="2"/>
       <c r="O187" s="2"/>
       <c r="P187" s="2"/>
       <c r="Q187" s="2"/>
       <c r="R187" s="2"/>
       <c r="S187" s="2"/>
       <c r="T187" s="2"/>
       <c r="U187" s="2"/>
-      <c r="V187" s="2"/>
-[...5 lines deleted...]
-    <row r="188" spans="1:26">
+    </row>
+    <row r="188" spans="1:21">
       <c r="A188" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B188" s="3"/>
       <c r="C188" s="3"/>
       <c r="D188" s="3"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3"/>
       <c r="K188" s="3"/>
       <c r="L188" s="3"/>
       <c r="M188" s="3"/>
       <c r="N188" s="3"/>
       <c r="O188" s="3"/>
       <c r="P188" s="3"/>
       <c r="Q188" s="3"/>
       <c r="R188" s="3"/>
       <c r="S188" s="3"/>
       <c r="T188" s="3"/>
       <c r="U188" s="3"/>
-      <c r="V188" s="3"/>
-[...5 lines deleted...]
-    <row r="189" spans="1:26">
+    </row>
+    <row r="189" spans="1:21">
       <c r="A189" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="J189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="K189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="L189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="M189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="N189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="O189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="P189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="Q189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="R189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="S189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="T189" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="U189" t="s">
-        <v>43</v>
-[...17 lines deleted...]
-    <row r="190" spans="1:26">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="190" spans="1:21">
       <c r="A190" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="J190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="L190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="M190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="N190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="O190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="P190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="Q190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="R190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="S190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="T190" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="U190" t="s">
-        <v>46</v>
-[...17 lines deleted...]
-    <row r="191" spans="1:26">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="191" spans="1:21">
       <c r="A191" s="3" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B191" s="3"/>
       <c r="C191" s="3"/>
       <c r="D191" s="3"/>
       <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3"/>
       <c r="I191" s="3"/>
       <c r="J191" s="3"/>
       <c r="K191" s="3"/>
       <c r="L191" s="3"/>
       <c r="M191" s="3"/>
       <c r="N191" s="3"/>
       <c r="O191" s="3"/>
       <c r="P191" s="3"/>
       <c r="Q191" s="3"/>
       <c r="R191" s="3"/>
       <c r="S191" s="3"/>
       <c r="T191" s="3"/>
       <c r="U191" s="3"/>
-      <c r="V191" s="3"/>
-[...5 lines deleted...]
-    <row r="192" spans="1:26">
+    </row>
+    <row r="192" spans="1:21">
       <c r="A192" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="I192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="J192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="L192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="M192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="N192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="O192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="P192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="Q192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="R192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="S192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="T192" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="U192" t="s">
-        <v>49</v>
-[...17 lines deleted...]
-    <row r="193" spans="1:26">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="193" spans="1:21">
       <c r="A193" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="I193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="K193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="N193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="O193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="P193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="Q193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="R193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="S193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="T193" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="U193" t="s">
-        <v>55</v>
-[...17 lines deleted...]
-    <row r="195" spans="1:26">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="195" spans="1:21">
       <c r="A195" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B195" s="1"/>
       <c r="C195" s="1"/>
       <c r="D195" s="1"/>
       <c r="E195" s="1"/>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
       <c r="I195" s="1"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
-      <c r="V195" s="1"/>
-[...5 lines deleted...]
-    <row r="196" spans="1:26">
+    </row>
+    <row r="196" spans="1:21">
       <c r="A196" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A196:Z196"/>
+    <mergeCell ref="A196:U196"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>