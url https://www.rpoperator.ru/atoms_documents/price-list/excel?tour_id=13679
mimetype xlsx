--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -29,69 +29,69 @@
     <sheet name="pochuvstvuj-altaj-4-stikh..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>29.04.2026</t>
   </si>
   <si>
     <t>06.05.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура «Почувствуй Алтай: 4 стихии»</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>27000 RUB</t>
+    <t>29000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>18900 RUB</t>
+    <t>26100 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>36500 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 20:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>43000 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 21:40, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>